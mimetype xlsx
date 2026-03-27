--- v0 (2026-01-31)
+++ v1 (2026-03-27)
@@ -54,3033 +54,3033 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>Aparecida Benetti</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 01/2018 DE 08/01/2018</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 02/2018 DE 15/01/2018 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 03/2018 DA 1ª SESSÃO SOLENE DE INSTALAÇÃO DA 1ª SESSÃO LEGISLATIVA 2018 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 04/2018 DA 3ª SESSÃO ORDINÁRIA DE 26/02/2018</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 05 DA 4ª SESSÃO ORDINÁRIA DE 05/03/2018</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 06 DA 5ª SESSÃO ORDINÁRIA DE 12/03/2018</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 07 DA 6ª SESSÃO ORDINÁRIA DE 19/03/2018</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1275/1275_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1275/1275_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 08/2018 DA 7ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1276/1276_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1276/1276_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 01/2018 DA 1ª SESSÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 09/2018 DA 8ª SESSÃO ORDINÁRIA DE 02/04/2018 (PEDIDO DE VISTAS)</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1321/1321_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1321/1321_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 10 DA 9ª SESSÃO ORDINÁRIA DE 09/04/2018</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 11/2018 DA 10 SESSÃO ORDINÁRIA DE 16.04.2018</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1362/1362_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1362/1362_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 12 DA 11ª SESSÃO ORDINÁRIA DE 23.04.2018</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1381/1381_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1381/1381_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 13 DA 12ª SESSÃO ORDINÁRIA DE 02.05.2018</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1392/1392_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1392/1392_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 14 DA 13ª SESSÃO ORDINÁRIA DE 07.05.2018</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1409/1409_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1409/1409_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 15 DA 14ª SESSÃO ORDINÁRIA DE 14.05.2018</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1437/1437_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1437/1437_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 16 DA 15ª SESSÃO ORDINÁRIA DE 21.05.2018</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1443/1443_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1443/1443_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 17 DA 16ª SESSÃO ORDINÁRIA DE 28.05.2018</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1463/1463_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1463/1463_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 18 DA 17ª SESSÃO ORDINÁRIA DE 04.06.2018</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1479/1479_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1479/1479_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 19 DA 18ª SESSÃO ORDINÁRIA DE 11.06.2018</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1505/1505_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1505/1505_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 20 DA 19ª SESSÃO ORDINÁRIA DE 18.06.2018</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1533/1533_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1533/1533_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 21 DA 20ª SESSÃO ORDINÁRIA DE 25.06.2018</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1548/1548_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1548/1548_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 22 DA 21ª SESSÃO ORDINÁRIA DE 02.07.2018</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1574/1574_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1574/1574_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 23 DA 22ª SESSÃO ORDINÁRIA DE 09.07.2018</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1580/1580_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1580/1580_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 02 DA 2ª SESSÃO EXTRAORDINÁRIA DE 12.07.2018</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1591/1591_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1591/1591_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 03 DA 3ª SESSÃO EXTRAORDINÁRIA DE 13.07.2018</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1600/1600_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1600/1600_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 24 DA 23ª SESSÃO ORDINÁRIA DE 16.07.2018</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1634/1634_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1634/1634_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 25/2018 DA 24ª SESSÃO ORDINÁRIA DE 06.08.2018</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1650/1650_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1650/1650_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 26 DA 25ª SESSÃO ORDINÁRIA DE 13.08.2018</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1674/1674_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1674/1674_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 27 DA 26ª SESSÃO ORDINÁRIA DE 20.08.2018</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1696/1696_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1696/1696_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 28 DA 27ª SESSÃO ORDINÁRIA DE 27.08.2018</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1723/1723_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1723/1723_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 29 DA 28ª SESSÃO ORDINÁRIA DE 03.09.2018</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1744/1744_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1744/1744_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 30 DA 29ª SESSÃO ORDINÁRIA DE 10.09.2018</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1766/1766_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1766/1766_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 31 DA 30ª SESSÃO ORDINÁRIA DE 17.09.2018</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1781/1781_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1781/1781_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 32 DA 31ª SESSÃO ORDINÁRIA DE 24.09.2018</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1803/1803_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1803/1803_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 33 DA 32ª SESSÃO ORDINÁRIA DE 01.10.2018</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1824/1824_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1824/1824_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 34 DA 33ª SESSÃO ORDINÁRIA DE 08.10.2018</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1849/1849_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1849/1849_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 35 DA 34ª SESSÃO ORDINÁRIA DE 15.10.2018</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1876/ata_36-_35a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1876/ata_36-_35a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata 36 da 35ª Sessão Ordinária de 22.10.2018</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1905/ata_37_-_36a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1905/ata_37_-_36a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata 37 da 36ª Sessão Ordinária de 29.10.2018</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1925/ata_38_-_37a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1925/ata_38_-_37a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata 38 da 37ª Sessão Ordinária de 05.11.2018</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1935/ata_39_-_38a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1935/ata_39_-_38a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata 39 da 38ª Sessão Ordinária de 12.11.2018</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1961/ata_40_-_39a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1961/ata_40_-_39a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata nº 40 da 39ª Sessão Ordinária de 19.11.2018</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2119/ata_41_-_40a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2119/ata_41_-_40a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata 41 da 40ª Sessão Ordinária de 26.11.2015</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2130/ata_42_-_41a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2130/ata_42_-_41a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata 42 da 41ª Sessão Ordinária de 03.12.2018</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2144/ata_43_-_42a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2144/ata_43_-_42a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata 43 da 42ª Sessão Ordinária de 2018</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2155/ata_44_-_43a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2155/ata_44_-_43a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata  44 da 43ª Sessão Ordinária de 17.12.2018</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2156/ata_04_-_4a_sessao_extraordinaria.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2156/ata_04_-_4a_sessao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Ata 04 da 4ª Sessão Extraordinária de 19.12.2018</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t xml:space="preserve">Comissão de Orçamento, Finanças e Contas Públicas </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SUPRIME O INCISO II, DO ART. 4º, AO PLL 034/2017 QUE CRIA O CARGO DE DIRETOR DA ESCOLA DO LEGISLATIVO DE GRAMADO._x000D_
 </t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>Everton Michaelsen</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1268/1268_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1268/1268_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 4º DO ARTIGO 2º E O CAPUT DO ARTIGO 7º, DO PROJETO DE LEI 013/2018.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>Rafael Ronsoni</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/</t>
+    <t>http://sapl.gramado.rs.leg.br/media/</t>
   </si>
   <si>
     <t>EMENDA ADITIVA AO PLL009/2018 QUE ALTERA DISPOSITIVOS DA LEI MUNICIPAL 3.617, DE 15 DE JANEIRO DE 2018, QUE &amp;#8220;CRIA O CARGO DE DIRETOR DA ESCOLA DO LEGISLATIVO DE GRAMADO&amp;#8221;.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>Luia Barbacovi</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE A REDAÇÃO DO ARTIGO 2º DO PROJETO DE LEI DO LEGISLATIVO Nº 05/2018. (PEDIDO DE VISTAS)</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>Professor Daniel, Dr. Ubiratã, Everton Michaelsen, Luia Barbacovi, Manu , Rafael Ronsoni, Renan Sartori, Rosi Ecker Schmitt, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1572/1572_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1572/1572_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA À MENSAGEM RETIFICATIVA N° 11/2018 DO PLO 25 /2018 QUE &amp;#8220; DISPÕE SOBRE O SERVIÇO DE TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>Dr. Ubiratã, Luia Barbacovi, Manu , Rafael Ronsoni, Rosi Ecker Schmitt, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1578/1578_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1578/1578_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PLO 019/2018 QUE &amp;#8220;ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 2.920 DE 24 DE MAIO DE 2011 E DA OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t xml:space="preserve">Comissão de Legislação e Redação Final </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1725/1725_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1725/1725_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE O § 1º, DO ART. 2º, DO SUBSTITUTIVO AO PL 30/2018</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>Professor Daniel</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1888/emenda_pl_27-2018.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1888/emenda_pl_27-2018.docx</t>
   </si>
   <si>
     <t>Modifica-se o Art. 1° do PLL 27/2018.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1984/emendas_a_loa_para_turismo.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1984/emendas_a_loa_para_turismo.doc</t>
   </si>
   <si>
     <t>A presente emenda ao PLO 58/2018 concede um valor de R$ 600.000,00 (seiscentos mil) à Secretaria Municipal de Turismo, visando investimento para divulgação do município de Gramado.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>Dr. Ubiratã</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2064/1578_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2064/1578_texto_integral.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa ao PLO 37/2018 que “Altera dispositivos da Lei Municipal nº 3.526, de 26 de dezembro de 2016, a qual dispõe sobre critérios para hierarquização de terrenos populares no Loteamento Carazal, e dá outras providências.”</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>Dr. Ubiratã, Rafael Ronsoni, Rafinha Adam, Vera Simão, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2122/1578_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2122/1578_texto_integral.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa e Supressiva ao Projeto de Lei Ordinária nº. 037, de 17 de julho de 2018, que “Altera dispositivos da Lei Municipal nº 3.526, de 26 de dezembro de 2016, a qual dispõe sobre critérios para hierarquização de terrenos populares no Loteamento Carazal, e dá outras providências.”</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>EILOA</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1971/1_-_emendas_a_loa_-_impositivo_turismo_-_forum_58rMZhh.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1971/1_-_emendas_a_loa_-_impositivo_turismo_-_forum_58rMZhh.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 30.000,00(trinta mil) para apoio ao Fórum Gramado de Estudos Turísticos</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1972/2_-_emendas_a_loa_-_impositivo_ambulancia_bombe_oRPGpXT.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1972/2_-_emendas_a_loa_-_impositivo_ambulancia_bombe_oRPGpXT.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10.000,00 (dez mil) para aquisição de uma ambulância adaptada para ser utilizado pelo Corpo de Bombeiros de Gramado na sede do Bairro Várzea Grande.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1973/3_-_emendas_a_loa_-_impositivo_pama_7hQCC4y.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1973/3_-_emendas_a_loa_-_impositivo_pama_7hQCC4y.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 15.000,00 (quinze mil) para o PAMA(Pastoral do Menor Adolescente).</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1974/4_-_emendas_a_loa_-_impositivo_videomonitoramen_jIamzf9.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1974/4_-_emendas_a_loa_-_impositivo_videomonitoramen_jIamzf9.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10.000,00 (dez mil) para a implementação, ampliação e modernização do sistema de videomonitoramento do município. A demanda é oriunda da Secretaria de Trânsito.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1975/5-_emendas_a_loa_-_impositivo_apae_w8cPm4H.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1975/5-_emendas_a_loa_-_impositivo_apae_w8cPm4H.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10.000,00 (dez mil) para APAE, visando viabilizar o projeto "Fisioterapia-Reabilitando Vidas, proposto pela instituição.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1976/6_-_emendas_a_loa_-_impositivo_crerh_mGWTRHA.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1976/6_-_emendas_a_loa_-_impositivo_crerh_mGWTRHA.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 15.000,00 (quinze mil) para o CRERH.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1977/7_-_emendas_a_loa_-_impositivo_cpm_senador_salg_fURgkAy.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1977/7_-_emendas_a_loa_-_impositivo_cpm_senador_salg_fURgkAy.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 5.000,00 (cinco mil), para aquisição de uniformes para os integrantes da banda da escola.  CPM da EMEF Senador Salgado Filho. CNPJ: 01.293.035/0001-29</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1978/8_-_emendas_a_loa_-_impositivo_cpm_presidente_vargas.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1978/8_-_emendas_a_loa_-_impositivo_cpm_presidente_vargas.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 5.000,00 (cinco mil) para o CPM da EMEF Presidente Vargas, para aquisição de instrumentos para banda da escola.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1979/9_-_emendas_a_loa_-_impositivo_liga_feminina_de_M87h2An.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1979/9_-_emendas_a_loa_-_impositivo_liga_feminina_de_M87h2An.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 12.500,00 (doze mil e quinhentos), para a Liga Feminina de Combate ao Câncer.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1980/10_-_emendas_a_loa_-_impositivo_hospital_-_bist_xzmCJG4.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1980/10_-_emendas_a_loa_-_impositivo_hospital_-_bist_xzmCJG4.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 30.000,00 (trinta mil) para a aquisição de um Bisturi Elétrico(a partir de 151W) , no qual poderá ser utilizado em pequenas, medias e grandes cirurgias, cirurgias convencionais e videocirurgia,(demais especificações em anexo) + R$ 2.500,00 (dois mil e quinhentos) para a aquisição de equipamento “ Carro de Emergência” (especificações em anexo). O equipamento será utilizado no Hospital Arcanjo São Miguel, em virtude da grande demanda de pacientes atendidos pela instituição.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1982/11_-_emendas_a_loa_-_impositivo_cultura.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1982/11_-_emendas_a_loa_-_impositivo_cultura.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$ 25.000,00 (vinte e cinco mil) para Cultura, visando o apoio a Feiras, eventos e workshop.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1983/12_-_emendas_a_loa_-_impositivo_vale_a_pena_viver.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1983/12_-_emendas_a_loa_-_impositivo_vale_a_pena_viver.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 30.000,00 (trinta mil) para custear a compra de material e manutenção das obras de almoxarifado e também salas Terapêutica para a Comunidade Terapêutica Vale a Pena Viver.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>Rosi Ecker Schmitt</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1985/conselho_tutelar_nJpiPPo.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1985/conselho_tutelar_nJpiPPo.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 5 000,00(cinco mil reais) para o Conselho Tutelar,com objetivo de aquisição de mobiliário e equipamentos para construção de uma sala de atendimento.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1986/proerd_87W2FHN.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1986/proerd_87W2FHN.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10 000,00 (dez mil reais) para os custeios da formatura do PROERD no ano de 2019.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1987/amae_NSrho6z.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1987/amae_NSrho6z.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinas R$ 5000,00 (cinco mil reis) para a AMAE com objetivo de pagamento de aluguel do prédio da instituição.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1988/camaras_mocovi_3qPKgno.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1988/camaras_mocovi_3qPKgno.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10 000,00 (dez mil reais) para o MOCOVI com o objetivo de aquisição de equipamentos para vigilância.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1989/hospital_A0TmDu1.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1989/hospital_A0TmDu1.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 44 000,00 (quarenta e quatro mil reais) para o Hospital Arcanjo São Miguel, com objeito de aquisição de dois Focos Cirúrgicos de Solo Móvel de 22 000,00 a unidade.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1990/liga_WQoWliq.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1990/liga_WQoWliq.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 20 000,00(vinte mil reais) para a Liga Feminina de Combate ao Câncer com objetivo de ampliar o atendimento de pacientes locais e serviços da entidade.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1991/crehr_bWo8Vm1.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1991/crehr_bWo8Vm1.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 15 000,00 (quinze mil reais) para o Centro de Reabilitação Emanuel Região das Hotênsias – CRERH, com objetivo de pagar custeios de mão de obra e material para a rede hidros sanitárias.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1992/apae_Hq2KhUR.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1992/apae_Hq2KhUR.docx</t>
   </si>
   <si>
     <t>A emenda impositiva visa destinar R$ 10 000,00 (dez mil reais)para APAE, com objetivo de pagamento de profissional que desenvolve o projeto de “Intervenção Precoce”, destinado ao público de recém-nascidos e bebês de 0 a 03 amos, com dificuldades em seu desenvolvimento.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1993/posto_da_jardim_02q7RFq.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1993/posto_da_jardim_02q7RFq.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 5 500,00| (cinco mil e quinhentos reais) para aquisição de Autoclave Vital Class CD 12 no valor de R$ 5 100,00 e uma Seladora Manual Odontológica para papel grau cirúrgico 31 cm – bivolt no valor de R$ 400,00.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1994/posto_da_varzea_1.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1994/posto_da_varzea_1.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 5 500,00(cinco mil e quinhentos reais) para o Posto de Saúde do Bairro Várzea Grande para aquisição de 01 Balança Digital para Bebês, 01 Cadeira de Escritório Secretária Giratória, 10 Cadeiras de Escritório Clio Diretor Fixa, 01 Foco de Luz Auxiliar Led Bivolt base 5 Pés com Rodízios, 01 Mesa Ginecológica, 01 Mesa para Escritório e 01 Régua Antropométrica Pediátrica de Madeira, com objetivo de montar um novo consultório de enfermagem.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1995/escola_moses_bezzi_1zbiIoR.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1995/escola_moses_bezzi_1zbiIoR.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 12 000,00 (doze mil reais) para Círculo de Pais e Mestres da EMEF Mosés Bezzi  com objetivo de aquisição de um ar condicionado de 28 000 BTU para o auditório da escola.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1996/escola_pedro_zucolotto_8oS86BQ.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1996/escola_pedro_zucolotto_8oS86BQ.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10 000,00 (dez mil reais)para Círculo de Pais e Mestre da EMEF Pedro Zucolotto com objetivo de pintura da Escola.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1997/nossa_senhora_de_fatrima_2KYtdqq.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1997/nossa_senhora_de_fatrima_2KYtdqq.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10 000,00 (dez mil reais) para Círculo de Pais e Mestre da EMEF Nossa Senhora de Fátima, com o objetivo de aquisição de 03 ar condicionado de 18 000 BTU e mão de obra para instalação.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1998/henrique_bertolucci_muJhwVi.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1998/henrique_bertolucci_muJhwVi.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10 000,00 (dez mil reais) para Círculo de Pais e Mestre da EMEF Henrique Bertoluci Sobrinho , com objetivo de aquisição de 01 sistema de vigilância no valor de 1 500,00, 01 bebedouro industrial no valor de 600,00 e o restante para conclusão da área coberta da escola( piso e paredes).</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1999/padre_anchieta_DGc9muP.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1999/padre_anchieta_DGc9muP.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 14 000,00 (quatorze mil reais) para Círculo de Pais e Mestre da EMEF Padre Anchieta com objetivo  de aquisição de toldo na entrada da escola e para mão de obra de instalação.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2000/pequenos_passos_2Iu5kD4.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2000/pequenos_passos_2Iu5kD4.docx</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 14 000,00 (quatorze mil reais) para Círculo de Pais e Mestre da EMEI Pequenos Passos, com objetivo de aquisição de toldo na entrada da escola e ares condicionado.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2004/emenda_alberto_pasqualini_WIvfbJq.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2004/emenda_alberto_pasqualini_WIvfbJq.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 6.000,00 para o CPM da EMEF Alberto Pasqualini.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2005/emenda_delmar_dutra_g0BflSV.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2005/emenda_delmar_dutra_g0BflSV.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 5.700,00 para o CPM da EMEI Delmar Dutra.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2006/emenda_dr._carlos_nelz_kOjkXH7.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2006/emenda_dr._carlos_nelz_kOjkXH7.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 10.000,00 para o CPM da EMEF Dr. Carlos Nelz.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2007/emenda_gentil_bonatto_4ek8fVL.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2007/emenda_gentil_bonatto_4ek8fVL.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 5.300,00 para o CPM da EMEF Gentil Bonato.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2008/emenda_henrique_bertolucci_sobrinho_RT3k0Rp.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2008/emenda_henrique_bertolucci_sobrinho_RT3k0Rp.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 5.000,00 para o CPM da EMEF Henrique Bertoluci Sobrinho.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2009/emenda_moses_bezzi_LQ9rW3K.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2009/emenda_moses_bezzi_LQ9rW3K.doc</t>
   </si>
   <si>
     <t>Emenda impositiva a LOA que destina R$ 15.000,00 para o CPM da EMEF Mosés Bezzi.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2010/emenda_nossa_senhora_de_fatima_ezOgiNy.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2010/emenda_nossa_senhora_de_fatima_ezOgiNy.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 4.800,00 para o CPM da EMEF Nossa Senhora de Fátima</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2011/emenda_padre_anchieta_yQCcfZi.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2011/emenda_padre_anchieta_yQCcfZi.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 10.000,00 para o CPM da EMEF Padre Anchieta.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2012/emenda_paulina_benetti_jUC4uCr.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2012/emenda_paulina_benetti_jUC4uCr.doc</t>
   </si>
   <si>
     <t>Emenda impositiva a LOA que destina R$ 6.500,00 para o CPM da EMEI Paulina Benetti.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2013/emenda_senador_1_NIF7ruO.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2013/emenda_senador_1_NIF7ruO.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 7.900,00 para o CPM da EMEF Senador Salgado Filho.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2014/emenda_senador_B7eQ0hI.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2014/emenda_senador_B7eQ0hI.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 2.100,00 para para o CPM da EMEF Senador Salgado Filho.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2015/emenda_pedro_zucolotto_HDz9LB6.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2015/emenda_pedro_zucolotto_HDz9LB6.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 6.500,00 para o CPM da EMEF Pedro Zucolotto.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2016/emenda_ambulancia_EUDjwmR.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2016/emenda_ambulancia_EUDjwmR.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 5.000 para o FUNREBOM Gramado.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2017/emenda_apae_XRqEscv.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2017/emenda_apae_XRqEscv.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 10.000,00 para a APAE Gramado.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2018/emenda_crerh_HliNKcc.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2018/emenda_crerh_HliNKcc.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 20.000,00 para o CRERH.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2019/emenda_vale_a_pena_viver_MIlWXFJ.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2019/emenda_vale_a_pena_viver_MIlWXFJ.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 20.000,00 para a Comunidade Terapêutica Vale a Pena Viver.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2020/secretaria_da_saude_zGxOn2H.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2020/secretaria_da_saude_zGxOn2H.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 50.000,00 para o Hospital Arcanjo São Miguel.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2021/hospital_arcanjo_sao_miguel_01_e_02_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2021/hospital_arcanjo_sao_miguel_01_e_02_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 30.000,00 (trinta mil reais) para a compra de um Bisturi Elétrico (a partir de 151 w),para a sala de cirurgia (ortopedia, neurologia ,cardiologia ,etc.)no setor do Centro Cirúrgico e A presente emenda impositiva visa destinar R$ 2.200,00 (dois mil e duzentos reais) para a compra de 4 (quatro) Mesas de Mayo no valor de R$550,00(Quinhentos e cinquenta reais) reais cada ,para a sala grande de cirurgia (ortopedia, neurologia ,cardiologia ,etc.)no setor do Centro Cirúrgico.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2022/sec_transitomocovi_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2022/sec_transitomocovi_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10.000,00 (Dez mil reais) para a implementação, ampliação e modernização do sistema de vídeo monitoramento (cercamento eletrônico) do município.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2023/funrebom_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2023/funrebom_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10.000,00 (Dez mil reais) para a aquisição de uma ambulância adaptada para ser utilizada pelo corpo de bombeiros na sede do Bairro Várzea Grande</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2024/crehr_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2024/crehr_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10.000,00 (dez mil reais) para contribuir com mão de obra e materiais de construção._x000D_
 _x000D_
 Centro de Reabilitação Emanuel Região das Hortênsias - CRERH CNPJ: 03.002.855/0001-40</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2025/emei_jardim_encantado_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2025/emei_jardim_encantado_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 5.000,00 (cinco mil reais) para contribuir com  a reforma da cozinha e a colocação de toldos. CPM EMEI Jardim Encantado</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2026/liga_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2026/liga_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 40.000,00 (Quarenta mil reais) para o subsídio dos serviços e atividades exercidos pela instituição, os quais que envolvem a comunidade gramadense. Liga Feminina de Combate ao Câncer_x000D_
 CNPJ: 04.446.478/0001-62</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2027/apae_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2027/apae_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 20.000,00 (vinte mil reais) para o subsídio da folha de pagamento dos profissionais da área da saúde que exercem atividades na instituição, em prol da comunidade gramadense terceirizados._x000D_
 Associação de Pais e Amigos dos Excepcionais – APAE Gramado. CNPJ: 88.847.173/0001-90.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2029/caritas_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2029/caritas_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$12.800,00 para obras assistenciais e manutenção de programas sociais desenvolvidos pelo grupo Cáritas.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2030/alberto_pasqualine_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2030/alberto_pasqualine_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$5.000,00 (cinco mil reais) para a aquisição de materiais de consumo. CPM(14.532.615/0001-73) Escola Alberto Pasqualini</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2031/coletes_balisticos_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2031/coletes_balisticos_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$15.000,00 (Quinze mil reais), para a compra de coletes balísticos para os agentes de trânsito.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2032/serra_encantada_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2032/serra_encantada_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10.000,000 ( dez mil reais) para a compra de brinquedos educativos. CPM EMEI Serra Encantada</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2034/emendas_impositivas_-_hospital_CYflFR9.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2034/emendas_impositivas_-_hospital_CYflFR9.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$ 70.000 (Setenta Mil reais) para o Hospital Arcanjo São Miguel.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2035/emendas_impositivas_-_crehr_IaKQrNA.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2035/emendas_impositivas_-_crehr_IaKQrNA.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$10.000,00 (Dez Mil Reais) para o CRERH - CENTRO DE REABILITAÇÃO EMANUEL REGIÃO DAS HORTÊNSIAS.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2036/emendas_impositivas_-vale_a_pena_viver_HWOzLf7.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2036/emendas_impositivas_-vale_a_pena_viver_HWOzLf7.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$10.000,00 (Dez Mil Reais) para a Comunidade Terapêutica Vale a Pena Viver.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2037/emendas_impositivas_-apae_gramado_cpECnFh.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2037/emendas_impositivas_-apae_gramado_cpECnFh.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$10.000,00 (Dez Mil Reais) para a APAE Gramado.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2038/emendas_impositivas_-_escola_carlos_barbosa_2.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2038/emendas_impositivas_-_escola_carlos_barbosa_2.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$7.000,00 (Sete mil Reais) para o  CPM - Escola Municipal de Ensino Fundamental Carlos Barbosa, para custear a compra de 1 Microcomputador, 1 Ar condicionado e Buffet Térmico de 6 cubas Cromado.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2039/emendas_impositivas_-_cpm_emef_padre_scholl.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2039/emendas_impositivas_-_cpm_emef_padre_scholl.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$5.000,00 (Cinco mil Reais) para CPM - Escola Municipal de Ensino Fundamental Padre Jose Scholl – Linha Carahá custear a compra de materiais e mão de obra do cercamento ao redor do terreno da escola.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2040/emendas_impositivas_-_escola_t_carmelina_ngUb18Z.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2040/emendas_impositivas_-_escola_t_carmelina_ngUb18Z.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$5.430,00 (Cinco mil, quatrocentos e trinta Reais) para Escola Municipal de Ensino Infantil Tia Carmelina I custear a compra e mão de obra para instalação de um toldo e R$4.570,00 (Quatro mil, quinhentos e setenta reais) para custear a compra de utensílios, como tv, dvd e outros portáteis para atividades da escola</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2041/emendas_impositivas_-_cpm_-_emef_nossa_senhora_07D2EiB.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2041/emendas_impositivas_-_cpm_-_emef_nossa_senhora_07D2EiB.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$3.010,00 (três mil e dez reais), para custear a compra de um ar condicionado. Emenda que se destina diretamente ao CPM da EMEF Nossa Senhora de Fatima - Vila do Sol.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2042/emendas_impositivas_-_escola_municipal_de_ensi_1CDLDw3.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2042/emendas_impositivas_-_escola_municipal_de_ensi_1CDLDw3.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$1.265,00 (Mil, duzentos e sessenta e cinco reais), para a  EMEF Padre José Scholl – Linha Carahá para custear uniforme escolar.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2043/emendas_impositivas_-_cpm_emef_padre_anchieta_1aWghEv.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2043/emendas_impositivas_-_cpm_emef_padre_anchieta_1aWghEv.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$5.225,00 (Cinco mil, duzentos e vinte e cinco reais), para EMEF Padre Anchieta – Belvedere custear a compra de uniforme escolar.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2044/emendas_impositivas_-_escola_carlos_barbosa.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2044/emendas_impositivas_-_escola_carlos_barbosa.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$1.375,00 (Mil, trezentos e setenta e cinco reais) para EMEF Carlos Barbosa – Linha Quilombo para custear a compra de uniforme escolar.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2045/emendas_impositivas_-_cpm_-_emef_vicente_casag_piyOhnt.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2045/emendas_impositivas_-_cpm_-_emef_vicente_casag_piyOhnt.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$12.950 (Doze mil, novecentos e cinquenta reais), para EMEF Vicente Casagrande – Viação Férrea  custear a compra de uniforme escolar.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2046/emendas_impositivas_-_cpm_-_emef_moses_bezzi_-_NFzbHpH.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2046/emendas_impositivas_-_cpm_-_emef_moses_bezzi_-_NFzbHpH.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$30.250,00 (Trinta mil, duzentos e cinquenta reais) para EMEF Mosés Bezzi - Cantão custear a compra de uniforme escolar.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2047/emendas_impositivas_-_cpm_-_emef_nossa_senhora_ZL9n54u.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2047/emendas_impositivas_-_cpm_-_emef_nossa_senhora_ZL9n54u.docx</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$23.925 (Vinte e três mil, novecentos e vinte e cinco reais), para EMEF Nossa Senhora de Fatima – Vila do Sol custear a compra de uniforme escolar.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2048/banda_senador_WpRelq1.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2048/banda_senador_WpRelq1.doc</t>
   </si>
   <si>
     <t>A presente Emenda visa destinar o valor de R$20.000,00 (vinte mil reais) para aquisição de instrumento Musical. CPM da EMEF Senador Salgado Filho, CNPJ:01.293.035/0001-29</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2049/pama.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2049/pama.doc</t>
   </si>
   <si>
     <t>A presente Emenda visa destinar o valor de R$5.000,00 para contribuir no pagamento da folha de profissionais que atuam nos projetos desenvolvidos pela instituição. Mitra da Diocese de Novo Hamburgo – PAMA (Pastoral do Menor Adolescente) – CNPJ:90.831.660/0012-60</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2050/cercamento_seguranca._nGRJMo9.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2050/cercamento_seguranca._nGRJMo9.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$10.000,00 (dez mil reais) para a implementação, ampliação e modernização do sistema de videomonitoramento do município.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2051/abrigo_municipal._VznQkk7.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2051/abrigo_municipal._VznQkk7.doc</t>
   </si>
   <si>
     <t>A presente Emenda visa destinar o valor de R$15.000,00 (Quinze mil reais) para aquisição de móveis para cozinha, sala de jantar e estar do novo abrigo municipal.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2052/terceira_idade._QdSP9C7.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2052/terceira_idade._QdSP9C7.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$20.000,00 (vinte mil reais) para realização de atividades de lazer, como viagens e contratação de bandas. Secretaria Municipal de Cidadania e Assistência Social.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2053/bombeiro_v.6_z0HfV3P.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2053/bombeiro_v.6_z0HfV3P.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$15.000,00 (Quinze mil reais) para aquisição de uma ambulância adaptada para ser utilizada pelos bombeiros de Gramado na sede do Bairro Várzea Grande.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2054/escola_carmelina_i_PxFssGV.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2054/escola_carmelina_i_PxFssGV.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar o valor de R$5.000,00 (Cinco mil reais) para aquisição de quatro televisores. CPM EMEI Tia Carmelina I CNPJ: 11.366.651/0001-16.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2055/vale_a_pena_viver._0HHAo6T.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2055/vale_a_pena_viver._0HHAo6T.doc</t>
   </si>
   <si>
     <t>A presente Emenda visa destinar o valor de R$10.000,00 (Dez mil reais) para a construção de um prédio que funcionará o almoxarifado e oficinas terapêuticas.  Comunidade Terapêutica Vale a Pena Viver. CNPJ: 03.453.9994/0001-90</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2056/independente-futebol_jW1Pget.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2056/independente-futebol_jW1Pget.doc</t>
   </si>
   <si>
     <t>Projeto/Independente. A presente Emenda visa destinar o valor de R$10.000,00 (dez mil reais) para aquisição de materiais esportivos para escolinha infantil de futebol.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2057/crerh_dIqgis4.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2057/crerh_dIqgis4.doc</t>
   </si>
   <si>
     <t>A presente Emenda visa destinar o valor de R$29.000,00 (Vinte e nove mil reais) para pagamentos de serviços médicos terceirizados que atendem na instituição._x000D_
 Crerh – Centro de Reabilitação Emanuel Região das Hortênsias.  _x000D_
 CNPJ: 03.002.855/0001-40</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2058/hospital._PrhsWNP.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2058/hospital._PrhsWNP.doc</t>
   </si>
   <si>
     <t>A presente Emenda visa destinar o valor de R$61.000,00 (Sessenta e um mil reais) para aquisição de equipamento foco cirúrgico de teto.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2059/emenda_cpm_pedro_zucolotto_todas.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2059/emenda_cpm_pedro_zucolotto_todas.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar o montante de R$ 20.000,00 (vinte mil reais) ao CPM da EMEF Pedro Zucolotto.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2062/emenda_todos_os_equipamentos_hospital.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2062/emenda_todos_os_equipamentos_hospital.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar o montante de R$ 110.000,00 (Cento dez mil reais), ao Hospital Arcanjo São Miguel.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2065/nossa_senhora_da_pompeia_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2065/nossa_senhora_da_pompeia_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 15.000,00 (quinze mil reais) para a compra de computadores para o laboratório de informática. CPM EMEF Escola Nossa senhora da Pompéia</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2066/pama_mitra_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2066/pama_mitra_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 5.000,00 (cinco mil reais) para custear serviços terceirizados que atendem no Projeto._x000D_
 Mitra da Diocese de Novo Hamburgo-PAMA(Pastoral do Menor Adolescente)– CNPJ: 90.831.660/0012-60</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2067/emei_pequenos_passos_ok.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2067/emei_pequenos_passos_ok.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$10.000,00 (dez mil reais) Para a reforma de banheiro para desfralde e a compra de armários.  CPM EMEI Pequenos Passos.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2068/emenda_sec._de_transito_xurpAVW.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2068/emenda_sec._de_transito_xurpAVW.doc</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA que destina R$ 10.000,00 para a Secretaria Municipal de Trânsito e Mobilidade Urbana. Movimento Comunitário de Combate a Violência- MOCOVI Gramado, CNPJ: 23.112.896/0001-04</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2069/emenda_equipamentos_maria_de_nazare_HKVMZsj.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2069/emenda_equipamentos_maria_de_nazare_HKVMZsj.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 8.000,00 (oito mil reais) ao Lar de Idosos Maria de Nazaré para a aquisição de aparelhos que serão utilizados pelas idosas que residem no local, como: Uma cadeira de rodas standart para banho (com tubos de alumínio aeronáutico e estrutura de monobloco); um banco de banho com encosto e, uma cama ortostática.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2070/emenda_ambulancia_funrebom_NQmmDzR.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2070/emenda_ambulancia_funrebom_NQmmDzR.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 8.000,00 (oito mil reais) ao FUNREBOM Gramado para a aquisição de uma ambulância adaptada, a ser utilizada pelo Corpo de Bombeiros de Gramado, na sede do bairro Várzea Grande.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2072/emenda_liga_fraldas_e_gasolina_NCOSznn.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2072/emenda_liga_fraldas_e_gasolina_NCOSznn.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 5.000,00 (cinco mil reais) à Liga Feminina de Combate ao Câncer de Gramado para aquisição de fraldas e pagamento do combustível utilizado na locomoção de pacientes que realizam consultas/exames/cirurgias.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2073/emenda_pama_servicos_terceirizados.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2073/emenda_pama_servicos_terceirizados.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 5.000,00 (cinco mil reais) à Mitra da Diocese de Novo Hamburgo - PAMA (Pastoral do Menor Adolescente) para o _x000D_
  custeio de serviços terceirizados que são disponibilizados na Instituição.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2074/emenda_cameras_de_videomonitoramento_l9EdNC0.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2074/emenda_cameras_de_videomonitoramento_l9EdNC0.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10.000,00 (dez mil reais) para a aquisição de 2 (duas) câmeras modelo IP 4MP – varifocal 2.8A 12 MMIR 30 metros, juntamente com o pagamento da mão de obra para a instalação do referido equipamento. Tal demanda é referente à implementação, ampliação e modernização do sistema de videomonitoramento do município.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2075/emenda_maria_de_nazare_terceirizados.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2075/emenda_maria_de_nazare_terceirizados.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 34.000,00 (trinta e quatro mil reais) ao Lar de Idosos Maria de Nazaré para o pagamento de terceirizados que atendem na referida instituição.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t xml:space="preserve">Manu </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2076/emendas_impostivas_crerh_0Gw8cB0.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2076/emendas_impostivas_crerh_0Gw8cB0.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva  visa destinar o recurso no valor de R$10.000,00 (dez mil reais) para pagamento de serviços terceirizados que atendem na instituição. CRERH Lar de Idosos.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2077/emendas_impositivas_vale_a_pena_viver_Ayr7mfV.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2077/emendas_impositivas_vale_a_pena_viver_Ayr7mfV.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o recurso no valor de R$10.000,00 (dez mil reais) para a construção de um prédio que será destinado a oficinas terapêuticas e almoxarifado. - Vale A Pena Viver.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2078/emendas_impositivas_camera_sec._transito_hoolZHo.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2078/emendas_impositivas_camera_sec._transito_hoolZHo.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o recurso no valor de R$10.000,00 (dez mil reais) para a aquisição de equipamentos para vigilância, 2 camêras modelo IP4MP – VARI FOCAL 28ª 12MMIR 30 metros mais mão de obra. MOCOVI.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2079/emendas_impositivas_horto_fitoterapico_saude_emnVBP8.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2079/emendas_impositivas_horto_fitoterapico_saude_emnVBP8.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o recurso no valor de R$40.000,00 (quarenta mil reais) para a revitalização do horto fitoterápico da Secretaria Municipal da Saúde localizado na Linha Tapera, interior do Município.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2080/emendas_impositivas_hospital_zm4OVEY.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2080/emendas_impositivas_hospital_zm4OVEY.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva  no valor de R$ 50.000,00 (cinquenta mil reais), visa destinar recurso para a aquisição de uma mesa cirúrgica elétrica para equipar uma das salas cirúrgicas da entidade HOSPITAL ARCANJO SÃO MIGUEL</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2081/emendas_impositivas_lar_de_idosos_maria_de_nazare_1.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2081/emendas_impositivas_lar_de_idosos_maria_de_nazare_1.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o recurso no valor de R$10.000,00 (dez mil reais) para pagamento de serviços terceirizados que atendem na instituição. Lar de Idosos Maria de Nazaré.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2082/emendas_impositivas_jiujitsu_o178X2p.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2082/emendas_impositivas_jiujitsu_o178X2p.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar R$ 5.000,00 (cinco mil reais) para aquisição de uniformes para professores e alunos do projeto Jiu Jitsu.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2083/emendas_impositivas_ambu_bombeiros_IG2yIws.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2083/emendas_impositivas_ambu_bombeiros_IG2yIws.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$ 10.000,00 (dez mil reais)  para o FUNREBOM (Fundo de Reaparelhamento do Corpo de Bombeiros) para a aquisição de uma ambulância do Corpo de Bombeiros que terá sua base no Bairro Várzea Grande.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2084/emendas_impositivas_escola_maximiliano_JzjHTyb.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2084/emendas_impositivas_escola_maximiliano_JzjHTyb.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o recurso no valor de R$30.000,00 (trinta mil reais) para as pinturas interna e externa da Escola. Serviços de mão de obra no valor de R$ 21.000,00 (vinte e um mil reais) e compra de materiais R$ 9.000,00 (nove mil reais). CPM Conselho de Pais e Mestres da Escola de Ensino Fundamental Maximiliano Hahn</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2085/emenda_impositiva_amae_Css1xKv.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2085/emenda_impositiva_amae_Css1xKv.doc</t>
   </si>
   <si>
     <t>A presente emenda impositiva visa destinar R$5.000,00 (cinco mil reais) para pagamento de alugueis da instituição AMAE.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2086/emendas_impositivas_forca_tarefa_1.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2086/emendas_impositivas_forca_tarefa_1.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o recurso no valor de R$12.500,00 (doze mil e quinhentos reais) para a aquisição de um veículo automotor para o trabalho diário da entidade. Força Tarefa Serra Gaúcha.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2087/emendas_impositivas_janz_team.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2087/emendas_impositivas_janz_team.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$7.500,00 (sete mil e quinhentos reais) para despesas de custeio da instituição. Teach Beyound Brasil/ janz Team Gramado CNPJ 7.678.937/0001-82</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Renan Sartori</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2088/emenda_impositiva_-_apae.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2088/emenda_impositiva_-_apae.doc</t>
   </si>
   <si>
     <t>Recurso de R$ 5.000,00 destinado para auxiliar no atendimento a saúde, através de pagamento de_x000D_
 honorários de profissional especializado em neurologia. A continuidade da oferta dos atendimentos_x000D_
 neurológicos se faz necessária àqueles que já estão matriculados na APAE, para acompanhamento e_x000D_
 manutenção, através da solicitação de exames, tratamento medicamentoso e orientação às famílias, bem_x000D_
 como atuar junto a equipe multidisciplinar, nas avaliações e diagnóstico dos novos ingressos na_x000D_
 instituição, indicando os planos de atendimento adequados às particularidades de cada pessoa com_x000D_
 deficiência intelectual e múltipla. Também será destinado o valor de R$ 4.500,00 para APAE, visando_x000D_
 viabilizar o projeto “Fisioterapia-Reabilitando Vidas, proposto pela instituição, que tem por objetivo_x000D_
 garantir a melhoria no atendimento às pessoas com deficiência intelectual e/ou múltipla, que necessitem_x000D_
 de acompanhamento especializado do setor de Fisioterapia da entidade</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2089/emenda_impositiva_-_sec._saude_xCtHDY9.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2089/emenda_impositiva_-_sec._saude_xCtHDY9.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar recurso no valor de R$ 81.000,00 para aquisição de um veículo_x000D_
 Spin/Chevrolet para que atenda as necessidades da Secretaria Municipal de Saúde. Também será_x000D_
 destinado o valor de R$ 10.000,00 para aquisição de uma nova caixa d&amp;#39;agua e sistema de tratamento de_x000D_
 água e compra de material para equipar a sala de banho e tosa do canil municipal.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2090/emenda_impositiva_-_lar_de_idosos_maria_de_naza_2be2ycQ.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2090/emenda_impositiva_-_lar_de_idosos_maria_de_naza_2be2ycQ.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 5.000,00 para aquisição de bens e serviços da entidade Lar de Idosos Maria de Nazaré.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2091/emenda_impositiva_-_pama_830BTQn.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2091/emenda_impositiva_-_pama_830BTQn.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 5.000,00 para contribuir na folha de profissionais terceirizados que atuam nos projetos desenvolvidos pela entidade PAMA (Pastoral do Menor Adolescente).</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2092/emenda_impositiva_-_vale_a_pena_viver_zvLYjNV.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2092/emenda_impositiva_-_vale_a_pena_viver_zvLYjNV.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 5.000,00 para custear a compra de material e manutenção_x000D_
 das obras de almoxarifado e também salas de oficina terapêutica.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2093/emenda_impositiva_-_crerh_X1HQ71I.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2093/emenda_impositiva_-_crerh_X1HQ71I.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 5.000,00 para pagamento de serviços médicos terceirizados que atendem na instituição.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2094/emenda_impositiva_-_escoteiros_N2UUK57.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2094/emenda_impositiva_-_escoteiros_N2UUK57.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 5.000,00 para aquisição de material e mão de obra para_x000D_
 pavimentação e cobertura de área externa de transição da entidade Grupo de Escoteiros George Edward_x000D_
 Fox.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2095/emenda_impositiva_-_projeto_jiu-jistu_pexzus7.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2095/emenda_impositiva_-_projeto_jiu-jistu_pexzus7.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 4.000,00 para aquisição de kimonos para o Projeto Jiu-jitsu.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2096/emenda_impositiva_-_projeto_judo_LT4FBRb.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2096/emenda_impositiva_-_projeto_judo_LT4FBRb.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 3.000,00 para aquisição de kimonos para o Projeto Judô.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2097/emenda_impositiva_-_projeto_taekwondo_6QHNaX5.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2097/emenda_impositiva_-_projeto_taekwondo_6QHNaX5.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 4.000,00 para aquisição aquisição de Dobok, protetor de tórax, capacetes, raquetes para o Projeto Taekwondo.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2098/emenda_impositiva_-_forca_tarefa_vd1R6it.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2098/emenda_impositiva_-_forca_tarefa_vd1R6it.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 13.500,00 para aquisição de um veículo para atender as necessidades da entidade Força Tarefa.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2099/emenda_impositiva_-_pequenos_gigantes_Lgx0k9o.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2099/emenda_impositiva_-_pequenos_gigantes_Lgx0k9o.doc</t>
   </si>
   <si>
     <t>A presente emenda vista destinar o valor de R$ 10.000,00 para aquisição de um playground Petit Play Plus. - EMEI PEQUENOS GIGANTES.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2100/emenda_impositiva_-_damas_de_caridade_20tmNxa.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2100/emenda_impositiva_-_damas_de_caridade_20tmNxa.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 5.000,00 para aquisição de materiais para reformar o_x000D_
 terceiro andar da entidade.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2101/emenda_impositiva_-_presidente_vargas_T895LCT.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2101/emenda_impositiva_-_presidente_vargas_T895LCT.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 5.000,00 para aquisição de materiais esportivos para a EMEF Presidente Vargas.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2103/emenda_impositiva_-_bombeiros_0fngaXE.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2103/emenda_impositiva_-_bombeiros_0fngaXE.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 10.000,00 para aquisição de uma ambulância adaptada para ser utilizado pelo Corpo de Bombeiros de Gramado na sede do Bairro Várzea Grande.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2104/emenda_impositiva_-_liga_de_combate_ao_cancer_sHBrs1g.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2104/emenda_impositiva_-_liga_de_combate_ao_cancer_sHBrs1g.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 5.000,00 para ampliação dos serviços da instituição_x000D_
 oferecidos a comunidade.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2106/emenda_impositiva_-_santissima_trindade.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2106/emenda_impositiva_-_santissima_trindade.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destinar o valor de R$ 5.000,00 para aquisição de um computador e uma_x000D_
 impressora multifuncional para a entidade.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2107/emenda_impositiva_-_cameras_transito_2dgzo5L.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2107/emenda_impositiva_-_cameras_transito_2dgzo5L.doc</t>
   </si>
   <si>
     <t>A presente emenda visa destina o valor de R$ 10.000,00 para implementação, ampliação e modernização do sistema de videomonitoramento do município, o qual compreende a aquisição de novas câmeras de videomonitoramento para instalação em pontos estratégicos da cidade, servidor, mesa e demais equipamentos.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DOCUMENTAÇÃO FINANCEIRA DO HOSPITAL ARCANJO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À GRAMADOTUR PARA QUE CONTEMPLE TODOS OS EVENTOS OFICIAIS PROMOVIDOS PELA AUTARQUIA MUNICIPAL COM FOGOS DE ARTIFÍCIO SILENCIOSOS.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA REK PARKING QUE FAÇA UMA ATUALIZAÇÃO NOS SERVIÇOS PRESTADOS AO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>Volnei da Saúde, Rosi Ecker Schmitt</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADO NAS ESCOLAS DO MUNICÍPIO O TREINAMENTO EM PRIMEIROS SOCORROS PARA PROFESSORES E MONITORES.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PARA QUE ATRAVÉS DO SETOR DE COMUNICAÇÃO SEJA ENCAMINHADO AS EMISSORAS DE TELEVISÃO COM SEDE NO RIO GRANDE DO SUL, PEDIDO DE INSTALAÇÃO DO SINAL DIGITAL DAS MESMAS NO MUNICÍPIO DE GRAMADO. </t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ESTUDO DE VIABILIDADE PARA QUE SEJA COLOCADO REDUTOR DE VELOCIDADE NA ERS 373, ENTRE OS LOTEAMENTOS CELITA E LOTEAMENTO MAZURANA, NO MUNICÍPIO DE GRAMADO/RS. </t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO A DUPLICAÇÃO NA ERS 115, NO TRECHO DO KM 37 PRÓXIMO AO N°3990 ATÉ O KM 38 PRÓXIMO AO N°3535, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA FEITO A SINALIZAÇÃO DE TODA A ERS &amp;#8211; 273, ENTRE O BAIRRO VÁRZEA GRANDE A SERRA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA QUE SEJA FEITO UM RECUO CENTRAL NA ERS 373, NA ENTRADA DE ACESSO AO LOTEAMENTO MAZURANA, NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA QUE SEJA FEITA MELHORIAS NOS DOIS ACESSOS NA ERS-115 AO BAIRRO VÁRZEA GRANDE, NA ROTULA PRINCIPAL E TAMBÉM NO ACESSO AO LOTEAMENTO VILA DO SOL, NESTE MUNICÍPIO, TOMANDO POR EXEMPLO AS RÓTULAS PERTENCENTES AOS MUNICÍPIOS DE TRÊS COROAS E IGREJINHA.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.docx</t>
   </si>
   <si>
     <t>SUGERE QUE A SECRETARIA PROVIDENCIE UM ESPAÇO JUNTO A RODOVIÁRIA DO MUNICÍPIO DE GRAMADO, PARA FAZER UM LOCAL DE PUBLICIDADE DA CIDADE, ONDE SERÃO COLOCADOS OS ENCARTES DA SECRETARIA DE TURISMO &amp;#8211; GRAMADO INESQUECÍVEL, PARA QUE OS TURISTAS, AO CHEGAREM NA CIDADE, JÁ TENHAM ACESSO AO MATERIAL.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE, A IMPLANTAÇÃO DE UMA RÓTULA NO CRUZAMENTO ENTRE A AVENIDA DO TRABALHADOR, RUA DA IGREJA E RUA ALTIVO ZUCOLOTTO, NO BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO 85/2017 ONDE SOLICITA A DISPONIBILIZAÇÃO DE ÔNIBUS CIRCULAR PARA QUE ATENDA OS MORADORES DA LINHA ÁVILA BAIXA INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>Rosi Ecker Schmitt, Luia Barbacovi</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1269/1269_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1269/1269_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA QUE SEJA FEITO UMA PRAÇA DE LAZER E UMA PRACINHA PARA AS CRIANÇAS NO LOTEAMENTO ORLANDI, NO BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA DESENVOLVIDO UM APLICATIVO QUE REALIZE CADASTRO DE ENTIDADES SEM FIM LUCRATIVOS,ONDE AS MESMAS POSSAM CADASTRAR SEUS PROJETOS E PROGRAMAS PARA QUE POSSAM CAPTAR RECURSOS DE IMPOSTO DE RENDA._x000D_
 </t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ESTUDO DE VIABILIDADE PARA COMPRA DO TERRENO LOCALIZADO ATRÁS DA ESCOLA MUNICIPAL ENSINO FUNDAMENTAL PADRE ANCHIETA DO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA QUE SEJA FEITO UMA PRACINHA PARA AS CRIANÇAS NA VILA OLÍMPICA, BAIRRO VÁRZEA GRANDE NOS MOLDES DA PRACINHA DO CENTRO.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO ONDE SOLICITA A REDUÇÃO DOS VALORES DO ESTACIONAMENTO NO HOSPITAL ARCANJO SÃO MIGUEL</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1337/1337_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1337/1337_texto_integral.docx</t>
   </si>
   <si>
     <t>REALIZE O ESTUDO DE VIABILIDADE PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE JUNTO A PRAÇA DO BAIRRO DUTRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1360/1360_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1360/1360_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INDICAÇÃO PARA A EMPRESA GERAL TRANSPORTE LTDA, SOLICITANDO PARA QUE SEJA FEITA UMA REVISÃO NOS VEÍCULOS DE RECOLHIMENTO DE LIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1364/1364_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1364/1364_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A DAER, QUAL O PROCEDIMENTO LEGAL PARA A MUNICIPALIZAÇÃO DE TRECHOS DAS RODOVIAS ESTADUAIS QUE CRUZAM A ZONA URBANA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1371/1371_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1371/1371_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA QUE SEJA FEITO UM PAVILHÃO DE ESPORTES NO BAIRRO MOURA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1378/1378_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1378/1378_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA IMPLANTADO LINHA DE ÔNIBUS NO TRAJETO CENTRO &amp;#8211; MOREIRA/CABOCLO, INCLUSIVE NOS FINAIS DE SEMANA, NOS HORÁRIOS DE MAIOR NECESSIDADE QUE SERIA 6:30 &amp;#8211; 12:00 E TAMBÉM 13:00 &amp;#8211; 18:00.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1397/1397_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1397/1397_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE SEJAM DISPONIBILIZADOS MAIS HORÁRIOS DE LINHA DE ÔNIBUS NO TRAJETO CENTRO &amp;#8211; VIAÇÃO FÉRREA.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1398/1398_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1398/1398_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA UM ESTUDO DE VIABILIDADE PARA QUE SEJA DISPONIBILIZADOS MAIS HORÁRIOS DE LINHA DE ÔNIBUS NO BAIRRO PIRATINI - CENTRO. </t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1410/1410_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1410/1410_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDENCIE A IMPLANTAÇÃO DE UMA RÓTULA NO CRUZAMENTO ENTRE A ESTRADA ERNESTO SACHET, ADEMAR PAULO BAZZAN E A ESTRADA GERAL DA SERRA GRANDE, NO BAIRRO SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1411/1411_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1411/1411_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE A COBERTURA NAS ESCADAS AO LADO DA ESCOLA ESTADUAL DE ENSINO MÉDIO CARAMURU, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1415/1415_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1415/1415_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA UM ESTUDO DE VIABILIDADE, PARA QUE SEJAM DISPONIBILIZADOS MAIS HORÁRIOS DE LINHA DE ÔNIBUS NO BAIRRO VÁRZEA GRANDE &amp;#8211; SERRA GRANDE, NOS HORÁRIOS DO 12:00 E A 13:00. </t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1435/1435_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1435/1435_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO SE REALIZE UM ESTUDO DE VIABILIDADE DE PRODUÇÃO DE MATERIAL DIDÁTICO SOBRE O MUNICÍPIO DE GRAMADO, PARA AS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1448/1448_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1448/1448_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA SEJA COLOCADO UM GUARD RAIL, AO LADO DO PÓRTICO VIA NOVA PETRÓPOLIS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1449/1449_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1449/1449_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICANDO A SOLICITAÇÃO PARA QUE SEJA FEITO UM ESTUDO DE VIABILIDADE PARA CONSTRUÇÃO DE CALÇAMENTO PÚBLICO, NA RUA PINGO DE OURO, NO TRECHO DA SUBIDA PARA A VIAÇÃO FÉRREA, VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1467/1467_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1467/1467_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO UM ESTUDO DE VIABILIDADE PARA INSTALAÇÃO DE UMA SEDE PARA O CORPO DE BOMBEIROS, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1473/1473_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1473/1473_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA FEITO UM ESTUDO DE VIABILIDADE PARA CONSTRUÇÃO DE CALÇAMENTO PÚBLICO, NA RUA F G BIER, TRÊS PINHEIROS, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1477/1477_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1477/1477_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA, PARA QUE ATRAVÉS DO PREFEITO MUNICIPAL DE GRAMADO, SEJA ENCAMINHADO A ESTA CASA, O PROJETO DE LEI QUE DISPÕE SOBRE A PROIBIÇÃO DE INAUGURAÇÃO DE OBRAS PÚBLICAS NÃO FINALIZADAS, OU QUE EMBORA ESTEJAM, NÃO APRESENTEM CONDIÇÕES PARA ATENDER OS FINS QUE ELAS SE DESTINAM, OU AINDA, NÃO PODENDO ENTRAR EM FUNCIONAMENTO IMEDIATO, EM RAZÃO DE VÍCIO DE INICIATIVA POR VEREADOR, APRESENTADA PELA PROCURADORIA DA CASA LEGISLATIVA, O QUE REQUER ENCAMINHAMENTO PELO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1495/1495_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1495/1495_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA INDICAÇÃO PARA À GRAMADOTUR, SOLICITANDO DECORAÇÃO DE NATAL NO EVENTO NATAL LUZ NA AV. DAS HORTÊNSIAS, DO PÓRTICO DE ENTRADA DA CIDADE ATÉ A RÓTULA DA RUA SÃO PEDRO. </t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1500/1500_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1500/1500_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA INDICAÇÃO SOLICITANDO À RGE PARA REDIRECIONAR A REDE ELÉTRICA DO CARAHÁ, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1502/1502_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1502/1502_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DO SETOR DE COMUNICAÇÃO, TODAS AS ASSOCIAÇÕES DE BAIRROS DO MUNICÍPIO SEJAM COMUNICADAS EM TEMPO E FORMA DEVIDAMENTE (WHATSAPP, E-MAIL, CARTA) SOBRE OS EVENTOS PROMOVIDOS PELO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1506/1506_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1506/1506_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À AUTARQUIA GRAMADOTUR, PARA QUE SEJA ENVIADO UM RELATÓRIO DETALHADO SOBRE A UTILIZAÇÃO DOS RECURSOS DA TAXA DE TURISMO DURANTE O ANO DE 2017 ATÉ MAIO DE 2018, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1515/1515_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1515/1515_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA QUE SEJA FEITO UMA PRACINHA PARA AS CRIANÇAS NO BAIRRO CARNIEL.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1520/1520_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1520/1520_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA O ESTUDO DE VIABILIDADE PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE JUNTO A PRAÇA DO BAIRRO CARNIEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1553/1553_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1553/1553_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDO DE VIABILIDADE PARA A COMPLEMENTAÇÃO DA PREMIAÇÃO DO CONCURSO DE JARDINS E FACHADAS, REALIZADO NO MUNICÍPIO DE GRAMADO. _x000D_
 _x000D_
  </t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1554/1554_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1554/1554_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDO DE VIABILIDADE PARA ADEQUAÇÃO DA LEI MUN. 2912/2011 &amp;#8211; REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE GRAMADO.  </t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1564/1564_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1564/1564_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ESTUDO DE VIABILIDADE, PARA A CONSTRUÇÃO DE UM ABRIGO NA PARADA DE ÔNIBUS LOCALIZADA NA RUA PINGO DE OURO ESQUINA COM A RUA VICENTE CASAGRANDE, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1565/1565_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1565/1565_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA QUE SEJA FEITO UMA PRACINHA PARA CRIANÇAS NO BAIRRO DUTRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1575/1575_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1575/1575_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INDICAÇÃO PARA QUE A EGR - EMPRESA GAÚCHA DE RODOVIAS, FAÇA UMA REVISÃO NAS BOCAS DE LOBO E BEM COM NO ESCOAMENTO DE ÁGUA DE CHUVA, NA ERS 235 GRAMADO/CANELA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1584/1584_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1584/1584_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE COBERTURA NAS ESCADAS AO LADO DA ESCOLA ESTADUAL DE ENSINO MÉDIO CARAMURU, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1594/1594_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1594/1594_texto_integral.docx</t>
   </si>
   <si>
     <t>SUGERE QUE O MUNICÍPIO DE GRAMADO FIRME CONVÊNIOS COM INSTITUIÇÕES DE ENSINO SUPERIOR PARA QUE ACADÊMICOS UNIVERSITÁRIOS POSSAM ESTAGIAR EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1605/1605_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1605/1605_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INDICAÇÃO PRA QUE A DAER REALIZE UM ESTUDO DE VIABILIDADE PARA CONSTRUÇÃO DE UMA RÓTULA NA ERS 235, NO ACESSO A RUA EMÍLIO LEOBET E LINHA 28, NO BAIRRO AV. CENTRAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1628/1628_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1628/1628_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA INDICAÇÃO SOLICITANDO DOIS HORÁRIOS POR DIA, DE MICRO-ÔNIBUS DO CENTRO PARA A SERRA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1637/1637_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1637/1637_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO MUNICIPAL QUE SEJA CONSTITUÍDA COMISSÃO COMPOSTA POR VEREADORES E MEMBROS DO EXECUTIVO PARA DISCUTIR A RESPEITO DE NOVO PROJETO DE VALE-ALIMENTAÇÃO. </t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1641/1641_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1641/1641_texto_integral.docx</t>
   </si>
   <si>
     <t>SUGERE QUE O MUNICÍPIO DE GRAMADO DESVINCULE O HABITE-SE DO ALVARÁ DE FUNCIONAMENTO</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1644/1644_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1644/1644_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE, PARA QUE SEJAM IMPLANTADO MAIS HORÁRIOS DE LINHA DE ÔNIBUS NO TRAJETO CENTRO &amp;#8211; JARDIM, BEM COMO NO SENTIDO CENTRO - MATO QUEIMADO &amp;#8211; CARNIEL, INCLUSIVE NOS FINAIS DE SEMANA, NOS HORÁRIOS DE MAIOR NECESSIDADE</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1653/1653_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1653/1653_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SEJA FEITO UM ESTUDO DE QUAIS SÃO AS ÁREAS PÚBLICAS EXISTENTES NO BAIRRO PÓRTICO 2, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1660/1660_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1660/1660_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SE FAÇA UM ESTUDO DE VIABILIDADE QUE ANALISE A POSSIBILIDADE DE UMA READEQUAÇÃO DO VALOR DA FUNÇÃO GRATIFICADA CONCEDIDA AOS DIRETORES DAS ESCOLAS MUNICIPAIS, BEM COMO DAS FAIXAS DE ALUNOS MATRICULADOS CONSTANTE NA LEI N° 2913, DE 06 DE MAIO DE 2011.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1664/1664_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1664/1664_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA SOLICITAÇÃO DE IMPLANTAÇÃO DE ABRIGO NA PARADA DE ÔNIBUS NA ERS 373, NA ALTURA DA ENTRADA DO LOTEAMENTO MAZZURANA, SENTIDO VÀRZEA GRANDE - SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1683/1683_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1683/1683_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITO A SECRETARIA DA FAZENDA E AO MOVIMENTO COMUNITÁRIO DE COMBATE A VIOLÊNCIA - MOCOVI, SUGERINDO QUE NO ANO 2019 QUANDO DO ENVIO DA COBRANÇA DO IPTU SEJA ANEXADO UM BOLETO BANCÁRIO PARA CONTRIBUIÇÃO ESPONTÂNEA, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1689/1689_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1689/1689_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA RESPONSÁVEL PELO TRANSPORTE PÚBLICO DO MUNICÍPIO A IMPLANTAÇÃO DE MURAIS EM PARADAS DE ÔNIBUS, INFORMANDO HORÁRIOS DE ÔNIBUS E VALORES.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1691/1691_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1691/1691_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE MURAIS EM PARADAS DE ÔNIBUS INFORMANDO HORÁRIOS DE ÔNIBUS E VALORES, NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1700/1700_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1700/1700_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO MUNICIPAL QUE REALIZE ESTUDO PARA IMPLANTAR RASTREADORES NOS CAMINHÕES DE COLETA DE LIXO E LIMPEZA URBANA NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1701/1701_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1701/1701_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITO A RGE (RIO GRANDE ENERGIA) INSTALAÇÃO DE REDE TRIFÁSICA DE ENERGIA NA LOCALIDADE DA LINHA ÁVILA BAIXA NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1703/1703_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1703/1703_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve"> ENCAMINHA INDICAÇÃO, SOLICITANDO MELHORIAS NOS DOIS ACESSOS DA ERS &amp;#8211; 115, NO BAIRRO VÀRZEA GRANDE, NESTE MUNCÍPIO. </t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1707/1707_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1707/1707_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA MELHORAR O TRÁFEGO DE ENTRADA E SAÍDA PRINCIPAL DO BAIRRO FLORESTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>Professor Daniel, Everton Michaelsen, Luia Barbacovi, Manu , Rafael Ronsoni, Renan Sartori, Rosi Ecker Schmitt, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1708/1708_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1708/1708_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SEJA PROVIDENCIADO UM ESTUDO DE VIABILIDADE QUE ANALISE A POSSIBILIDADE DE INSTALAR INTERNET DE FIBRA ÓPTICA EM TODAS AS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1709/1709_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1709/1709_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SE REALIZE UM ESTUDO DE VIABILIDADE PARA QUE SEJAM PRODUZIDAS APOSTILAS PARA SEREM ENTREGUES AOS VISITANTES DE NOSSA CIDADE COM O TEMA: &amp;#8220;COMO SER UM BOM TURISTA&amp;#8221;.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1710/1710_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1710/1710_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM PARA QUE ATRAVÉS DA MESA DIRETORA, SEJA ENVIADO A CORSAN, INDICAÇÃO, PARA QUE SEJA PROVIDENCIADO TRATAMENTO DA REDE DE ESGOTO, NA ESCOLA BOAVENTURA RAMOS PACHECO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1750/1750_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1750/1750_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SE PROVIDENCIE PARA O PRÓXIMO ANO PONTOS DE DISTRIBUIÇÃO DE ÁGUA PARA OS PARTICIPANTES DO DESFILE DE 7 DE SETEMBRO.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1757/1757_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1757/1757_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHA INDICAÇÃO SOLICITANDO A  PAVIMENTAÇÃO ASFÁLTICA NA RUA LISBOA, BAIRRO PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1758/1758_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1758/1758_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHA INDICAÇÃO SOLICITANDO O ESTUDO DE VIABILIDADE PARA QUE OS ATENDENTES DOS PÓRTICOS DE ENTRADA DA CIDADE ESTEJAM COM VESTES GAÚCHAS.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1773/1773_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1773/1773_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA MELHORAR O TRÁFEGO DA RÓTULA PERTENCENTE A AV. 1° DE MAIO (SÃO LUIZ), DO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1792/1792_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1792/1792_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL, QUE ADOTE SUGESTÃO DO PROJETO ARRE- (ATIVIDADES RECREATIVAS E DE REFORÇO ESCOLAR) DE TURNO INTEGRAL NAS ESCOLAS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>Birinha Moura</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1799/1799_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1799/1799_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHA INDICAÇÃO SOLICITANDO PAVIMENTAÇÃO ASFÁLTICA, NO TRECHO DA RUA TRAVESSA MOURA, BAIRRO MOURA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1805/1805_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1805/1805_texto_integral.docx</t>
   </si>
   <si>
     <t>SUGERE QUE O MUNICÍPIO DE GRAMADO CRIE UM FUNDO DE EVENTOS.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1814/1814_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1814/1814_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHA PEDIDO SOLICITANDO A IMPLANTAÇÃO DE GUARD RAIL, PINTURA DE CORDÕES, DIVISÃO DE PISTA COM TACHÕES NA SUBIDA QUE DO ACESSO AO CABOCLO, NO MOREIRA, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1818/1818_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1818/1818_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHA INDICAÇÃO SOLICITANDO ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA REDUÇÃO DE VELOCIDADE, NA RUA PIAUÍ, BAIRRO MOURA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1829/1829_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1829/1829_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A ESTA CASA QUE ENCAMINHE PEDIDO DE INDICAÇÃO, DIRIGIDO À SECRETARIA COMPETENTE, PARA A INSTALAÇÃO DA SALA DO EMPREENDEDOR NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1839/1839_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1839/1839_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO SEJA REAVALIADA A DECISÃO TOMADA PELA MESMA DE RETIRAR AS CRIANÇAS DE 4 ANOS DA EDUCAÇÃO INFANTIL ( ATUAIS MATERNAIS 2 A E 2 B) E COLOCÁ-LAS NAS ESCOLAS DE ENSINO FUNDAMENTAL, EM TURMAS DE PRÉ 1.					</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1840/1840_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1840/1840_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHA INDICAÇÃO SOLICITANDO ESTUDO DE VIABILIDADE PARA IMPLANTAR EDITAL DE CONCURSO DO FUNDO MUNICIPAL DE ESPORTE PARA NÚCLEOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1843/1843_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1843/1843_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA INSTALAÇÃO DE BRINQUEDOS ADAPTADOS E DESENVOLVIDOS PARA O LAZER E RECREAÇÃO DA CRIANÇA COM DEFICIÊNCIA OU COM MOBILIDADE REDUZIDA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1845/1845_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1845/1845_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE MEDIDA CABÍVEL PARA REDUÇÃO DE VELOCIDADE NA RS-373, NA ALTURA DA  ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PADRE ANCHIETA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1866/pracinha_celita.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1866/pracinha_celita.docx</t>
   </si>
   <si>
     <t>Indicação solicitando estudo de viabilidade para construção de um espaço de lazer com uma pracinha para crianças no Loteamento Celita, neste município.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1874/indicacao_-_academia_moura.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1874/indicacao_-_academia_moura.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo de viabilidade para a instalação de uma academia ao ar livre junto a Praça do Bairro Moura, neste município</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1891/ind_trasnporte_escolar.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1891/ind_trasnporte_escolar.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo para implantação de transporte escolar nas localidades Moreira-Caboclo para Escolas da Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1892/ind_implant._ilum..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1892/ind_implant._ilum..docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo de viabilidade para implantação de iluminação pública na Estrada do Quilombo, na altura no n° 6451, no interior deste município.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1893/ind_redutor_rua_das_dalias.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1893/ind_redutor_rua_das_dalias.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo de viabilidade para implantação de um redutor de velocidade na Rua das Dálias, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1896/ind_pracinha_serra_grande.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1896/ind_pracinha_serra_grande.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo de viabilidade para construção de uma pracinha para crianças na Serra Grande, neste município.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1897/ind_parada_da_serra_grande.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1897/ind_parada_da_serra_grande.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo viabilidade para construção de um abrigo na parada de ônibus, na Estrada Geral da Serra Grande esquina com a Estrada Alseno Engelmann, na Serra Grande, neste município.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1900/sapl_2.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1900/sapl_2.docx</t>
   </si>
   <si>
     <t>Sugere que o Município de Gramado adote o Projeto de implantação da extensão do Corpo de Bombeiros na Várzea Grande.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1902/ped._ind._programa_aluno_monitor..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1902/ped._ind._programa_aluno_monitor..docx</t>
   </si>
   <si>
     <t>SOLICITA A ESTA CASA QUE ENCAMINHE PEDIDO DE INDICAÇÃO, DIRIGIDO À SECRETARIA COMPETENTE, PARA INSTITUIR NAS ESCOLAS MUNICIPAIS O PROGRAMA ALUNO MONITOR.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1912/ind_rua_das_colonias.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1912/ind_rua_das_colonias.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo de viabilidade para implantação de um redutor de velocidade na Rua das Colonias, Altos da Viação Férrea, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1913/ind_calcada.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1913/ind_calcada.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo para construção de calçamento público na Rua Oscar Wille, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1929/ind_vaga_carga_e_descarga.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1929/ind_vaga_carga_e_descarga.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo de viabilidade para implantação de uma vaga de carga e descarga na Av. Borges de Medeiros, n° 3397, Centro, neste município.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1949/acadmia_waldomiro_rissi.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1949/acadmia_waldomiro_rissi.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo de viabilidade para implantação de uma academia ao ar livre na Praça Waldomiro Rissi, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1951/pracinha_lot_wiltgen.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1951/pracinha_lot_wiltgen.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal para que realize estudo de viabilidade para construção de um espaço de lazer com uma pracinha para crianças no Loteamento Wiltgen, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1970/indicacao_meio_ambiente.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1970/indicacao_meio_ambiente.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a retomada do conselho de usuários dos serviços de abastecimento e tratamento de água que deveria estar em funcionamento desde 2004, segundo o contrato de concessão vigente entre a concessionária CORSAN e o concedente  Município de Gramado.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2002/onibus.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2002/onibus.docx</t>
   </si>
   <si>
     <t>Solicita à Empresa Gramado Turismo que realize estudo para implantação de mais horários de transporte público na Vila do Sol, Bairro Várzea Grande e no Morro Agudo, Serra Grande, neste município.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2118/indicacao_-_conselho_tutelar.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2118/indicacao_-_conselho_tutelar.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize um estudo de viabilidade para realocação do Conselho Tutelar.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2152/ind_guilherme_ecker_resutor.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2152/ind_guilherme_ecker_resutor.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que realize estudo de viabilidade para implantação de um redutor de velocidade na Rua Guilherme Ecker, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>João Alfredo de Castilhos Bertolucci</t>
   </si>
   <si>
     <t>ALTERA OS PARÁGRAFOS 7º E 9º DO ARTIGO 6º DA LEI Nº 2.913, DE 06 DE MAIO DE 2011 QUE DISPÕE SOBRE O PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 2.927, DE 22 DE JUNHO DE 2011 QUE DISCIPLINA A ORGANIZAÇÃO DO SISTEMA MUNICIPAL DE ENSINO NO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -3105,7108 +3105,7108 @@
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A REALIZAR A CONCESSÃO DE USO DE ESPAÇO NO PARQUE LAGO NEGRO, MEDIANTE REMUNERAÇÃO E PROCESSO LICITATÓRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO MUNICIPAL DE LIMPEZA URBANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 032/2018 QUE O EXECUTIVO MUNICIPAL FICA AUTORIZADO A RECEBER DOAÇÃO DE MATERIAIS E MÃO DE OBRA PARA EXECUÇÃO DE OBRAS DE TERRAPLANAGEM, PAVIMENTAÇÃO, DRENAGEM E SINALIZAÇÃO PARA A IMPLANTAÇÃO DE PAVIMENTAÇÃO DA ESTRADA MUNICIPAL DA LINHA ÁVILA.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1570/1570_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1570/1570_texto_integral.odt</t>
   </si>
   <si>
     <t>MENSAGEM AO SUBSTITUTIVO DO PLO 023/2018 QUE ALTERA DISPOSITIVOS DA LEI Nº 3.490, DE 22 DE JUNHO DE 2016, QUE INSTITUI O NOVO PLANO DE CARGOS E O SISTEMA DE REMUNERAÇÃO DOS SERVIDORES DA AUTARQUIA MUNICIPAL DE TURISMO DE GRAMADO &amp;#8211; GRAMADOTUR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1571/1571_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1571/1571_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">MENSAGEM AO PLO 25/2018 QUE DISPÕE SOBRE SERVIÇO DE TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS NO MUNICÍPIO DE GRAMADO. </t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1648/1648_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1648/1648_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI 2.912, DE 06 DE MAIO DE 2011, QUE DISPÕE SOBRE O REGIME JURÍDICO ÚNICO DO MUNICÍPIO DE GRAMADO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1763/1763_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1763/1763_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">MENSAGEM AO PLO 037/2018 QUE ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.526, DE 26 DE DEZEMBRO DE 2016, A QUAL DISPÕE SOBRE CRITÉRIOS PARA HIERARQUIZAÇÃO DE TERRENOS POPULARES NO LOTEAMENTO CARAZAL, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 045/2018 QUE AUTORIZA O MUNICÍPIO DE GRAMADO A CONTRIBUIR FINANCEIRAMENTE COM ORGANIZAÇÕES DA SOCIEDADE CIVIL SEM FINS LUCRATIVOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1836/1836_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1836/1836_texto_integral.odt</t>
   </si>
   <si>
     <t>O PODER EXECUTIVO MUNICIPAL FICA AUTORIZADO A REALIZAR A CONCESSÃO DE USO DE BEM IMÓVEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1956/projeto_050.18m_-_concessao_de_uso_onerosa_de_b_dsRAAvK.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1956/projeto_050.18m_-_concessao_de_uso_onerosa_de_b_dsRAAvK.odt</t>
   </si>
   <si>
     <t>O Executivo Municipal fica autorizado a realizar a concessão de uso de bem imóvel, e dá outras providências.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1963/projeto_068.18m_-_autoriza_a_adquirir_area_de_t_bM1rzQK.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1963/projeto_068.18m_-_autoriza_a_adquirir_area_de_t_bM1rzQK.odt</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GRAMADO A ADQUIRIR ÁREA DE TERRAS, ATRAVÉS DE DIREITO DE CONSTRUIR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1968/projeto_060.18m_-_institui_a_tcfa.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1968/projeto_060.18m_-_institui_a_tcfa.odt</t>
   </si>
   <si>
     <t>Institui o Cadastro Técnico Municipal de Atividades Potencialmente Poluidoras ou Utilizadoras de Recursos Ambientais, e cria a Taxa de Controle e Fiscalização Ambiental Municipal, de acordo com a Lei Federal 6.938/81 e alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_068.18m2_-_autoriza_a_adquirir_area_de__GSQDw0p.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_068.18m2_-_autoriza_a_adquirir_area_de__GSQDw0p.odt</t>
   </si>
   <si>
     <t>Autoriza o Município de Gramado a adquirir área de terras através de transferência de direito de construir, e dá outras providências.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2148/projeto_079.18m_-_altera_o_anexo_iv_do_ctm.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2148/projeto_079.18m_-_altera_o_anexo_iv_do_ctm.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DO ANEXO IV DA LEI N. 2.158, DE 18 DE DEZEMBRO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2149/projeto_077.18m_-_institui_o_calendario_oficial_WvYMf2e.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2149/projeto_077.18m_-_institui_o_calendario_oficial_WvYMf2e.doc</t>
   </si>
   <si>
     <t>Institui o Calendário Oficial de Eventos para o ano de 2019 no Município de Gramado.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELOS 40 ANOS DE ATIVIDADE PROFISSIONAL NA ÁREA DE EDUCAÇÃO A SRA. ROZELEI MARIA RISSI.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO DO TRABALHO REALIZADO PELA EMPRESA BELA PAGAMENTOS.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1129/1129_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1129/1129_texto_integral.docx</t>
   </si>
   <si>
     <t>A PASSAGEM DOS 27 ANOS DA OFICINA MECÂNICA GILBERTO ANTÔNIO CASAGRANDE AUTOMÓVEL LTDA, LOCALIZADA NO ENDEREÇO RS 235, N°12913, NO BAIRRO CASAGRANDE.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 60 ANOS DE FUNDAÇÃO DO SINDILOJAS HORTÊNSIAS</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.docx</t>
   </si>
   <si>
     <t>VISA APLAUDIR A PASSAGEM DOS 53 ANOS DO SINDICATO DOS TRABALHADORES RURAIS DE GRAMADO (STRG)</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 30 ANOS DE ATIVIDADES DA ROSSI E ZORZANELLO FEIRAS E EMPREENDIMENTOS E AO EVENTO FESTURIS</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1356/1356_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1356/1356_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DE 70 ANOS DOS MÓVEIS LUDARI LTDA</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1361/1361_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1361/1361_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 20 ANOS DE FUNDAÇÃO DA APOG- ASSOCIAÇÃO DE PRODUTORES ORGÂNICOS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1367/1367_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1367/1367_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO EM HOMENAGEM AOS 72 ANOS DO INSTITUTO SANTÍSSIMA TRINDADE.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1386/1386_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1386/1386_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 10 ANOS DA ABRASEL REGIÃO DAS HORTÊNSIAS - ASSOCIAÇÃO BRASILEIRA DE BARES E RESTAURANTES.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1402/1402_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1402/1402_texto_integral.docx</t>
   </si>
   <si>
     <t>A PRESENTE MOÇÃO VISA APLAUDIR A PASSAGEM DOS 24 ANOS DO CONSELHO TUTELAR NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1428/1428_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1428/1428_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA BEATRIZ HEYDES DE MACEDO PELOS SERVIÇOS PRESTADOS NO MUNICÍPIO DE GRAMADO</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1429/1429_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1429/1429_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O SENHOR EGÍDIO MICHAELSEN PELOS SERVIÇOS REALIZADOS EM PROL DA CULTURA GRAMADENSE</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1430/1430_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1430/1430_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DE 10 ANOS DO SANTHO AROMA.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1446/1446_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1446/1446_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA APRESENTADA "MOÇÃO DE APLAUSOS" À EMPRESA ACADEMIA PONTO DO CORPO, PELA PASSAGEM DOS 30 ANOS DE ATIVIDADES NO MUNICÍPIO DE GRAMADO. </t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1447/1447_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1447/1447_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 70 ANOS DE ATIVIDADES DA SOCIEDADE BÍBLICA DO BRASIL.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1527/1527_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1527/1527_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO EM HOMENAGEM AOS 21 ANOS DO RESTAURANTE COLOSSEO</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1558/1558_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1558/1558_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 20 ANOS DO BISTROT PASTASCIUTTA. </t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1576/1576_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1576/1576_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO VISA APLAUDIR A INSTALAÇÃO DOS 15 ANOS DO PROERD NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1581/1581_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1581/1581_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DE 20 ANOS DO DISPLAY CARD</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1582/1582_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1582/1582_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA ROZANGELA MARIA ALVES INÁCIO PELOS SERVIÇOS PRESTADOS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1592/1592_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1592/1592_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 20 ANOS DE ATIVIDADES DA CLÍNICA DE FISIOTERAPIA PINHEIRO</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1626/1626_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1626/1626_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AO PROJETO DE LEI DO SENADO Nº 206 DE 2012, DE AUTORIA DA SENADORA ANA AMÉLIA.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1638/1638_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1638/1638_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE REPÚDIO CONTRA A  CORSAN, DEVIDO AOS CONSTANTES PROBLEMAS ENFRENTADOS PELO MUNICÍPIO DE GRAMADO EM RAZÃO DO CONTRATO DE CONCESSÃO FIRMADO COM A EMPRESA, PELAS INCONFORMIDADES NA FORMA COMO VEM SENDO REALIZADA A PRESTAÇÃO DOS SERVIÇOS. </t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1640/1640_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1640/1640_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ATOR OTÁVIO MACHADO PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE GRAMADO</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>Marcos Lovato</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1655/1655_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1655/1655_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 30 ANOS DE ATIVIDADE DA EMPRESA ARCOL ARTEFATOS DE CONCRETO LTDA.  </t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>Rosi Ecker Schmitt, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1672/1672_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1672/1672_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO VISA APLAUDIR A PASSAGEM DOS 42 ANOS DE INSTALAÇÃO DA LIGA FEMININA DE COMBATE AO CÂNCER NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1695/1695_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1695/1695_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 10 ANOS DE ATIVIDADES DO GRAMADOZOO.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1722/1722_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1722/1722_texto_integral.docx</t>
   </si>
   <si>
     <t>A PRESENTE MOÇÃO VISA APLAUDIR A PASSAGEM DOS 08 ANOS DE INSTALAÇÃO DA PARÓQUIA NOSSA SENHORA DE LOURDES DA VÁRZEA GRANDE, NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1761/1761_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1761/1761_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DE 35 ANOS DO PARQUE MINI MUNDO.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1769/1769_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1769/1769_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 60 ANOS DE ATIVIDADES DO HOTEL RITTA HOPPNER.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1917/mocao_biblioteca.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1917/mocao_biblioteca.docx</t>
   </si>
   <si>
     <t>Moção de aplausos pela passagem dos 50 anos de atividades da Biblioteca Pública Municipal Cyro Martins</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>PINC</t>
   </si>
   <si>
     <t>Parecer de Inconstitucionalidade</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARECER DE INCONSTITUCIONALIDADE DA EMENDA PARLAMENTAR Nº 002/2018 AO PLO 013/2018, DECORRENTE DO VÍCIO DE INICIATIVA. </t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1579/1579_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1579/1579_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARECER DE INCONSTITUCIONALIDADE AO PLO 025/2018. </t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>INF</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1065/1065_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1065/1065_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DE RECURSOS MINISTERIAIS E DE EMENDAS PARLAMENTARES CAPTADOS PELA ADMINISTRAÇÃO MUNICIPAL NO ANO 2017, BEM COMO, ENCAMINHAMENTO DE PROJETOS PARA A UTILIZAÇÃO DESTES VALORES.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DO ESTABELECIMENTO AO LADO DO BANCO DO BRASIL NA RUA COBERTA NÚMERO 50, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DOS CERTIFICADOS DE DEDETIZAÇÃO E DESRATIZAÇÃO DAS CRECHES MUNICIPAIS.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES ACERCA DO CADASTRO DE USUÁRIOS QUE UTILIZAM O CARTÃO MAGNÉTICO DE ACESSO AO ESTACIONAMENTO DO HOSPITAL ARCANJO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUAIS AS MEDIDAS TOMADAS PARA DIVULGAÇÃO DE ORIENTAÇÕES E INFORMAÇÕES PARA UM DIAGNOSTICO PRECOCE SOBRE O CÂNCER INFANTO-JUVENIL. </t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE O CONTRATO DA EMPRESA RESPONSÁVEL PELA CONFECÇÃO E COLOCAÇÃO DAS NOVAS PLACAS INDICATIVAS AFIXADAS NO HOSPITAL ARCANJO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>Dr. Ubiratã, Erni Branchini, Luia Barbacovi, Rosi Ecker Schmitt, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES ACERCA DA NOMEAÇÃO DE SERVIDOR PÚBLICO.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE OS VALORES GASTOS PELO EXECUTIVO MUNICIPAL COM PASSAGENS E DIÁRIAS NO ANO DE 2017.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA DATA DE INÍCIO E PREVISÃO DE TÉRMINO DAS OBRAS NA EMEI CARLOS NELZ.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA UMA CÓPIA DOS EMPENHOS DESDE A DATA DE INÍCIO DO CONTRATO, ACOMPANHADOS DE COMPROVANTES DE DEPÓSITO FEITOS PARA A EMPRESA TERCEIRIZADA CRV EIRELE SERVIÇOS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE SEJAM APRESENTADAS INFORMAÇÕES REFERENTE AO TOMBAMENTO DE UM CAMINHÃO NA TARDE DE SEXTA-FEIRA DIA 16/02/2108 NO BAIRRO JARDIM._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES A RESPEITO DO ESTABELECIMENTO AO LADO DO BANCO DO BRASIL NA RUA GARIBALDI, NÚMERO 305, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO ACERVO DA GRAMADOTUR</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE PROJETOS DE CONSTRUÇÕES CIVIS EM TRAMITAÇÃO NO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO APLICATIVO EXISTENTE, GRAMADO INESQUECÍVEL, ESTE APLICATIVO ESTÁ SENDO USADO PELA SECRETARIA, DESTE MUNICÍPIO, EM CASO POSITIVO, QUAL ESTÁ SENDO A FORMA DE DIVULGAÇÃO DO MESMO E QUAIS OS RESULTADOS OBTIDOS COM O APLICATIVO.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE APRESENTE CÓPIAS DE DOCUMENTOS SOLICITADOS REFERENTES AO CAMINHÃO TOMBADO COM DESCRIÇÃO C-28 DA SECRETARIA DA AGRICULTURA.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA CONCESSÃO DO PARADOURO LAGO NEGRO</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO À PREFEITURA SE JÁ FOI REALIZADO ALGUM INVESTIMENTO EM TERMOS DE MELHORIAS DE INFRAESTRUTURA NA REGIÃO ENTORNO DO HOTEL MASTER, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE O PROGRAMA TROCO AMIGO DO HOSPITAL ARCANJO SÃO MIGUEL.  </t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA JUSTIFICADO O MOTIVO DA REDUÇÃO DE BOCAS DE LOBO ONDE FOI COLOCADA A CICLOVIA</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1235/1235_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1235/1235_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADA CÓPIA DO LAUDO DA PERÍCIA REFERENTE AO INCIDENTE OCORRIDO NA EXPOGRAMADO NO DIA 19 DE OUTUBRO DE 2017, ONDE TEVE A ESTRUTURA DO NATAL LUZ DANIFICADA.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM APRESENTADAS CÓPIAS DE CARTÕES PONTO E OU COMPROVANTE DE EFETIVIDADE DE TODOS OS CCS DE JANEIRO DE 2017 ATÉ O MOMENTO.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O HOSPITAL ARCANJO SÃO MIGUEL APRESENTE LISTA DE PROCEDIMENTOS E EXAMES AUTORIZADOS PELA SECRETARIA DE SAÚDE EM PACIENTES INTERNADOS.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA DOCUMENTOS, REFERENTES AO TOMBAMENTO DE UM CAMINHÃO NA TARDE DE SEXTA-FEIRA DIA 16/02/2108 NO BAIRRO JARDIM, PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE APRESENTE PARA FINS DE COMPLEMENTO DAS INFORMAÇÕES JÁ APRESENTADAS.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>Manu , Dr. Ubiratã, Everton Michaelsen, Luia Barbacovi, Professor Daniel, Rafael Ronsoni, Renan Sartori, Rosi Ecker Schmitt, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DA DOCUMENTAÇÃO PENDENTE DEVIDA PELO SECRETÁRIO DE ADMINISTRAÇÃO, JÚLIO DORNELES A ESSA CASA LEGISLATIVA</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.docx</t>
   </si>
   <si>
     <t>ATRAVÉS DA SECRETARIA COMPETENTE, RESPONDA ALGUNS QUESTIONAMENTOS REFERENTE A EDUCAÇÃO INFANTIL, TENDO EM VISTA QUE O MUNICÍPIO DE GRAMADO POSSUI UMA GRANDE PROCURA POR VAGAS</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1272/1272_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1272/1272_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES REFERENTE AO PROJETO DE EDUCAÇÃO FÍSICA PARA IDOSOS, ESTE PROGRAMA AINDA FUNCIONA NO MUNICÍPIO DE GRAMADO, SE POSITIVO, QUAIS OS DIAS, QUAIS HORÁRIOS E QUAIS BAIRROS. </t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1273/1273_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1273/1273_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE, INFORME QUAL O NÚMERO DE PEDIDOS DE VAGAS PARA A ÁREA DE EDUCAÇÃO INFANTIL VIA JUDICIAL, A SECRETARIA DE EDUCAÇÃO RECEBE MENSALMENTE.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO INFORME SOBRE A SITUAÇÃO DO PROJETO EDUCAVÍDEO.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM APRESENTADAS INFORMAÇÕES REFERENTES À DISTRIBUIÇÃO DE ÁGUA POTÁVEL NA LINHA CABOCLO MOREIRA,REITERANDO PEDIDO FEITO EM JANEIRO DE 2017.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUANTAS OCORRÊNCIAS O CONSELHO TUTELAR RECEBEU NO ANO DE 2017 E 2018 ATÉ O MOMENTO.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DE MATERIAIS ILUMINAÇÃO PUBLICA.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1296/1296_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1296/1296_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE OS UNIFORMES E MATERIAIS DE EPI DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE A RETIRADA DAS BANDEIRAS E QUANDO SERÁ RECOLOCADO, NA PRAÇA LEOPOLDO ROSENFELD, MAIS CONHECIDA COMO ROTULA DAS BANDEIRAS. </t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DO PROGRAMA SORRINDO PARA O FUTURO</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.docx</t>
   </si>
   <si>
     <t>ATRAVÉS DA SECRETARIA COMPETENTE, INFORME QUAL A DATA PREVISTA PARA A CONCLUSÃO DA OBRA QUE ESTÁ SENDO REALIZADA NA AV. BORGES DE MEDEIROS EM FRENTE AO LAGO JOAQUINA RITA BIER, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO ROTEIRO CRIATIVO VÁRZEA GRANDE/SERRA GRANDE, CONFORME CONTRATO N°109/2015, SE ESTE ROTEIRO ESTÁ SENDO COMERCIALIZADO CONFORME CONTRATO, EM CASO POSITIVO, QUAL ESTÁ SENDO A FORMA DE DIVULGAÇÃO DO MESMO.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INFORMADO QUANDO SERÁ REALIZADA AS SOLICITAÇÕES FEITAS NO DIA DA FISCALIZAÇÃO NO CONSELHO TUTELAR, QUE FOI REALIZADA PELOS VEREADORES NO DIA 19/09/2017, QUE FOI RELATADO PRINCIPAIS DIFICULDADES.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES COMPLEMENTARES REFERENTES AO CAMINHÃO TOMBADO NO BAIRRO JARDIM NO DIA 16/02/2018.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>Dr. Ubiratã, Luia Barbacovi, Rafael Ronsoni, Rosi Ecker Schmitt, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIAS DAS FOLHAS DE PAGAMENTO DETALHADAS, DA REMUNERAÇÃO DO SECRETÁRIO MUNICIPAL DE ADMINISTRAÇÃO JÚLIO CESAR DORNELES DA SILVA, REFERENTES AOS MESES DE DEZEMBRO DE 2017 E JANEIRO E FEVEREIRO DE 2018.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE LOCAÇÕES DE IMÓVEIS DA AUTARQUIA MUNICIPAL DE TURISMO DE GRAMADO  ( GRAMADO TUR)</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIAS DE DOCUMENTOS REFERENTES A PROCESSOS ADMINISTRATIVOS DISCIPLINARES.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTES A DENÚNCIA FEITA NA OUVIDORIA DESTA CASA SOBRE FUNCIONAMENTO DA ASSOCIAÇÃO ATLÉTICA DO BANCO DO BRASIL,LOCALIZADA NO BAIRRO AVENIDA CENTRAL.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTES A DENÚNCIA FEITA NA OUVIDORIA DESTA CASA SOBRE LICENÇA CONCEDIDA AO FUNCIONAMENTO DE LAVANDERIA LOCALIZADA NO BAIRRO AVENIDA CENTRAL</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve"> SOLICITA INFORMAÇÕES REFERENTES A DENÚNCIA FEITA NA OUVIDORIA DESTA CASA LEGISLATIVA SOBRE OBRAS REALIZADAS COM DINHEIRO PÚBLICO EM ESTABELECIMENTO PRIVADO, A AABB,LOCALIZADA NO BAIRRO AVENIDA CENTRAL.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO PEDIDO DE PROVIDÊNCIAS N° 342/2017, ONDE ERA SOLICITADO MELHOR DIVULGAÇÃO DO ESPAÇO CULTURAL ESTAÇÃO FÉRREA DA VÁRZEA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1349/1349_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1349/1349_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITO INFORMAÇÃO À SECRETARIA DE SAÚDE, PARA QUE INFORME SOBRE A FORMA DE FUNCIONAMENTO DO SAMU, E QUEM SÃO OS RESPONSÁVEIS PELA EXECUÇÃO E FISCALIZAÇÃO DE SEU TRABALHO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1350/1350_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1350/1350_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DE QUANTAS PESSOAS ESTÃO CADASTRADAS NO BOLSA FAMÍLIA NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1354/1354_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1354/1354_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÕES ACERCA DAS EMPRESAS TERCEIRIZADAS CONTRATADAS PELA PREFEITURA DE GRAMADO. </t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1363/1363_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1363/1363_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PEDIDO DE INFORMAÇÃO, PARA QUE ESTE ATRAVÉS DA SECRETARIA DE SAÚDE, INFORME, QUANTAS PESSOAS POSSUEM O CARTÃO SUS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1366/1366_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1366/1366_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE INFORME OS MÉTODOS EXECUTIVOS E CONSTRUTIVOS IMPLANTADOS NO MUNICÍPIO PARA OBRAS DE MANUTENÇÃO.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1380/1380_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1380/1380_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE APRESENTE CÓPIA DO CONTRATO E CÓPIA DO PLANO OPERATIVO DO HOSPITAL ARCANJO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1384/1384_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1384/1384_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE QUAIS ÀS ÁREAS ESTÃO PREVISTAS VISANDO IMPLANTAÇÃO DE LOTEAMENTOS POPULARES NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1387/1387_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1387/1387_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO CONCURSO PÚBLICO 01/2015, ESPECIFICAMENTE PARA VAGAS DE AGENTE COMUNITÁRIO EM SAÚDE.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1407/1407_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1407/1407_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DO PAVILHÃO DE ESPORTES DA ESCOLA GENTIL BONATTO, DO BAIRRO PRINSTROP NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1408/1408_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1408/1408_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ATRAVÉS DA SECRETARIA COMPETENTE SOBRE O ANDAMENTO DAS OBRAS REFERENTE AO MUSEU MAJOR NICOLETTI.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1416/1416_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1416/1416_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DA PORTARIA Nº 709/2017, REFERENTE À CONCESSÃO DE HORAS ATIVIDADES COMO PLANEJAMENTO ESCOLAR.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1417/1417_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1417/1417_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO QUADRO DE SERVIDORES DOS CARGOS DE EDUCADORES INFANTIS E DE RECREACIONISTAS.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>Volnei da Saúde, Dr. Ubiratã, Luia Barbacovi, Rafael Ronsoni, Rosi Ecker Schmitt</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1418/1418_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1418/1418_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve"> SOLICITAM DOCUMENTAÇÃO DE SINDICÂNCIA ADMINISTRATIVA ESPECIAL DE SERVIDOR PÚBLICO CONCURSADO.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1419/1419_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1419/1419_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES A CERCA DOS PROCEDIMENTOS ADOTADOS PELA VIGILÂNCIA SANITÁRIA NA FISCALIZAÇÃO E INTERDIÇÃO DE ESTABELECIMENTO.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1422/1422_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1422/1422_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE ENVIE CÓPIA DO PEDIDO DE FÉRIAS DO SERVIDOR GUSTAVO FRANCO CORREA DE 2017 E 2018.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1425/1425_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1425/1425_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO INFORMAÇÕES SOBRE HORTOS EDUCATIVOS NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1433/1433_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1433/1433_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES POR QUAL MOTIVO, DIVERSOS VEÍCULOS EM GERAL, DE DIVERSAS SECRETARIAS, ENCONTRAM SE SEM O ADESIVO DE IDENTIFICAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1434/1434_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1434/1434_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE LOCAÇÕES DE IMÓVEIS DA PREFEITURA MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>Dr. Ubiratã, Rafael Ronsoni, Rosi Ecker Schmitt, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1439/1439_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1439/1439_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÕES ACERCA DOS CONVÊNIOS COM ENTIDADES MANTIDOS PELA PREFEITURA DE GRAMADO. </t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1441/1441_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1441/1441_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE SITUAÇÃO DOS PAGAMENTOS QUE ESTÃO SENDO EFETUADOS PELO HOTEL MASTER, RELATIVOS À OPERAÇÃO CONSORCIADA PLANALTO, BEM COMO QUE INFORME COMO ESTÃO SENDO APLICADOS OS VALORES ARRECADADOS.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1444/1444_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1444/1444_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE A POSSIBILIDADE DE CEDÊNCIA DE UM IMÓVEL PARA FIXAÇÃO DA SEDE DO GRUPO DE TERCEIRA IDADE VIDA ATIVA DA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1445/1445_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1445/1445_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE AS NEGOCIAÇÕES PARA A RETOMADA DAS OBRAS DA CRECHE LOCALIZADA NO BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1453/1453_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1453/1453_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À PREFEITURA PARA QUE INFORME SE ENCONTRA-SE VIGENTE A PARCERIA FIRMADA ENTRE AS PREFEITURAS DE GRAMADO E CAXIAS DO SUL, NA QUAL TEM O OBJETIVO DE PROMOVER A MANUTENÇÃO E REFORMA DA PONTE DO RAPOSO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1457/1457_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1457/1457_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTE TRANSPORTE DE DOADORES DE SANGUE PARA HEMOCENTRO DE CAXIAS DO SUL, DEVIDO CAXIAS DO SUL SER O BANCO DE SANGUE DA CIDADE GRAMADO, SE EXISTE ESSE TRANSPORTE, QUAIS DIAS E HORÁRIOS?!</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1462/1462_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1462/1462_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE A QUANTIDADE DE ATENDIMENTOS REALIZADOS NO HOSPITAL ARCANJO SÃO MIGUEL EM 2018 POR MUNICÍPIO ATENDIDO, BEM COMO SOBRE OS RESSARCIMENTOS FINANCEIROS EFETUADOS POR ESTES ÀQUELA ENTIDADE.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1465/1465_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1465/1465_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO ONDE SOLICITA INFORMAÇÕES ACERCA DOS CONSELHOS MUNICIPAIS EXISTENTES E SUAS COMPOSIÇÕES.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1474/1474_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1474/1474_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA CÓPIAS REFERENTES AO BRITADOR ALUSIVO AOS CONSERTOS, LICITAÇÕES,RELATÓRIO DE MANUTENÇÃO PREVENTIVA ,RELATÓRIOS DE PEÇAS TROCADAS E NOTAS COM VALORES PAGOS </t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1480/1480_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1480/1480_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE O PERCENTUAL DE INADIMPLÊNCIA DA ARRECAÇÃO DE IPTU DE NOSSO MUNICÍPIO NO ANO DE 2016 E 2017 E TAMBÉM SOBRE QUAL AÇÃO PARA RECUPERAÇÃO DESTES VALORES.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1482/1482_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1482/1482_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES ACERCA DO FUNCIONAMENTO DO ATENDIMENTO DE FISIOTERAPIA A DOMICÍLIO. </t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1483/1483_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1483/1483_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE SERVIDORES CEDIDOS PARA O MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1486/1486_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1486/1486_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE QUAL A PREVISÃO DA OBRA PARA A AMPLIAÇÃO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL MOSÉS BEZZI, NESTE MUNICÍPIO.  </t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1489/1489_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1489/1489_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA DE AGRICULTURA PARA QUE PROVIDENCIE COPIA DAS PRESTAÇÕES DE CONTA DOS SERVIÇOS AUTORIZADOS PELO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL &amp;#8211; COMDER NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1490/1490_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1490/1490_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE REPASSE DE RECURSOS PARA AUTARQUIA MUNICIPAL DE TURISMO DE GRAMADO  ( GRAMADO TUR)._x000D_
 </t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1491/1491_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1491/1491_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE INFORMAÇÕES SOBRE A LEI N° 3465/2015 QUE INSTITUI O PRODESI   (PROGRAMA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO SOCIAL E DE GERAÇÃO DE EMPREGO E RENDA DE GRAMADO).</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1497/1497_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1497/1497_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES DA SECRETARIA COMPETENTE ACERCA DO TRANSPORTE UNIVERSITÁRIO DO MUNICÍPIO DE GRAMADO REFERENTE AO CONVENIO COM À ASSOCIAÇÃO GRAMADENSE DE ESTUDANTES UNIVERSITÁRIOS(AGEU). </t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1498/1498_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1498/1498_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DA SECRETARIA DE AGRICULTURA REFERENTE A FISCALIZAÇÕES VETERINÁRIAS.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1504/1504_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1504/1504_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DA PLANILHA DE CUSTO DO TRANSPORTE PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1507/1507_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1507/1507_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO À PREFEITURA PARA QUE INFORME DE QUEM É A RESPONSABILIDADE SOBRE A MANUTENÇÃO DO LAGO JOAQUINA RITA BIER, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1508/1508_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1508/1508_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO À SECRETARIA DE CULTURA PARA QUE INFORME EM RELAÇÃO À 22º FEIRA DO LIVRO, QUEM É O RESPONSÁVEL E QUAL CRITÉRIO ADOTADO PARA DISTRIBUIÇÃO DOS ESPAÇOS AOS LIVREIROS JUNTO A RUA COBERTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1509/1509_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1509/1509_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE A QUANTIDADE DE ALUNOS MATRICULADOS NAS 5ª SÉRIES DAS ESCOLAS MUNICIPAIS NOS ANOS DE 2016 E 2017 E TAMBÉM DOS ALUNOS QUE CONCLUÍRAM O ENSINO FUNDAMENTAL NESTE MESMO PERÍODO.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1518/1518_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1518/1518_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES ACERCA DO LAGO LOCALIZADO NO BAIRRO CARNIEL, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1528/1528_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1528/1528_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTES A CARGOS DE CONFIANÇA NÃO OCUPADOS.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1530/1530_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1530/1530_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DE PROCEDIMENTOS E CONSULTAS AGENDADOS PARA A SECRETARIA DE SAÚDE DE GRAMADO EM CAXIAS DO SUL.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1531/1531_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1531/1531_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM APRESENTADAS AUTORIZAÇÕES REFERENTES A CIRURGIAS NO ANO DE 2017 E 2018 PARA PACIENTES COM CARTÃO SUS DE OUTROS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1532/1532_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1532/1532_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE PROCEDIMENTOS,CONSULTAS E EXAMES AGENDADOS PARA  A SECRETARIA DE SAÚDE COM DATA DE SOLICITAÇÃO E AGENDAMENTO.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1534/1534_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1534/1534_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA CÓPIA DO DECRETO MUNICIPAL Nº 255/2013. </t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1538/1538_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1538/1538_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA COMPETENTE INFORMAÇÕES ACERCA DAS ESF&amp;#8217;S (ESTRATÉGIAS DE SAÚDE DA FAMÍLIA), QUANDO SERÁ A IMPLANTAÇÃO E QUAIS O BAIRROS COMTEMPLADOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1539/1539_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1539/1539_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA COMPETENTE INFORMAÇÕES ACERCA DE POSSÍVEL INSTALAÇÃO DE UM CENTRO ESPECIALIZADO EM REABILITAÇÃO DE DEFICIÊNCIAS FÍSICAS</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1542/1542_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1542/1542_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE A QUANTIDADE DE CRIANÇAS ATENDIDAS PELO ABRIGO MUNICIPAL DA SECRETARIA DA CIDADANIA E ASSISTÊNCIA SOCIAL DE GRAMADO NO ANO DE 2017, BEM COMO QUE TIPO DE ENCAMINHAMENTO FOI OFERECIDO ÀS MESMAS.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1556/1556_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1556/1556_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA COMPETENTE INFORMAÇÕES SOBRE A RETIRADA DO RELÓGIO TERMÔMETRO, LOCALIZADO NAS PROXIMIDADES DA RUA COBERTA.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1559/1559_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1559/1559_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE INFORME QUAL O CRITÉRIO ADOTADO PARA ATENDIMENTO DOS AGRICULTORES DESTE MUNICÍPIO REFERENTE AO CONVÊNIO COM A COOPERATIVA PIÁ.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1560/1560_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1560/1560_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE INFORME QUAL O CRITÉRIO MANTIDO SOBRE AS HORAS MÁQUINAS PARA AGRICULTORES E RELATÓRIO DE SERVIÇOS. </t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1561/1561_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1561/1561_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE INFORME SOBRE O CULTIVO E AQUISIÇÃO DE MUDAS DE FLORES NO HORTO MUNICIPAL  NO ANO DE 2017 E 2018.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1563/1563_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1563/1563_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE AÇÕES EFETIVAS E EDUCACIONAIS REALIZADAS PARA PREVENIR E COMBATER A PRÁTICA DE BULLYING NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1567/1567_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1567/1567_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE INFORME SOBRE ALGUMAS QUESTÕES PERTINENTES A VENDA DE APARTAMENTOS FRACIONADOS.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1577/1577_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1577/1577_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE A QUANTIDADE DE PROFESSORES DA REDE MUNICIPAL QUE POSSUEM CURSOS DE PÓS-GRADUAÇÃO OU MESTRADO E QUAIS AS FORMAS DE INCENTIVOS PARA ALCANÇAR ESTA QUALIFICAÇÃO SÃO OFERECIDAS AOS DOCENTES.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1613/1613_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1613/1613_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DETALHADAS SOBRE O QUADRO DE FUNCIONÁRIOS DO HOSPITAL ARCANJO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1614/1614_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1614/1614_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O CADASTRO DE USUÁRIOS QUE UTILIZAM O CARTÃO MAGNÉTICO DE ACESSO AO ESTACIONAMENTO DO HOSPITAL ARCANJO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1615/1615_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1615/1615_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE AS COTAÇÕES REALIZADAS PARA A CONFECÇÃO E COLOCAÇÃO DAS PLACAS INDICATIVAS AFIXADAS NO HOSPITAL ARCANJO SÃO MIGUEL, BEM COMO, O CONTRATO DA EMPRESA CONTRATADA PARA A CONFECÇÃO DO MATERIAL/SERVIÇO.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1616/1616_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1616/1616_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DA OBRA NO PRÉDIO LOCALIZADO NA AVENIDA BORGES DE MEDEIROS, NÚMERO 2947 - FUNDOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1617/1617_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1617/1617_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA BALANÇOS PATRIMONIAIS E DEMONSTRAÇÕES DE RESULTADOS, DOS EXERCÍCIOS DOS ANOS DE 2014, 2015, 2016 E 2017._x000D_
 </t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1618/1618_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1618/1618_texto_integral.docx</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1620/1620_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1620/1620_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA DE OBRAS, INFORMAÇÕES SOBRE O ACIDENTE ENVOLVENDO O VEICULO SAVEIRO - C-203 COM PLACAS IYF &amp;#8211; 7583.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1624/1624_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1624/1624_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A CERCA  DE CONTRATOS REFERENTES A LIMPEZA DE CANTEIROS E PLANTIO DE FLORES NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1635/1635_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1635/1635_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE AS OBRAS DA QUINTA ETAPA DE REVITALIZAÇÃO DA AVENIDA BORGES DE MEDEIROS, NO TRECHO COMPREENDIDO ENTRE A RÓTULA DAS BANDEIRAS E A RUA JOÃO ALFREDO SCHNEIDER, NA ENTRADA DA CIDADE.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1645/1645_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1645/1645_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO PROJETO SORRINDO PARA O FUTURO, PROJETO QUE VISA ORIENTAR AS CRIANÇAS NAS ESCOLAS SOBRE A IMPORTÂNCIA DOS CUIDADOS COM A HIGIENE BUCAL.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1651/1651_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1651/1651_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA ENVIADA CÓPIA REFERENTE A CONTRATOS DE SERVIÇOS PRESTADOS NA ÁREA ODONTOLÓGICA NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1654/1654_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1654/1654_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE INFORMAÇÕES SOBRE O ACIDENTE ENVOLVENDO O VEICULO SAVEIRO - C-014 COM PLACAS IRC &amp;#8211; 2770. </t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1656/1656_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1656/1656_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ATRAVÉS DO PODER EXECUTIVO, INFORMAÇÕES SOBRE A CASA DA RÁDIO EXCELSIOR. </t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1669/1669_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1669/1669_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA PEDIDO DE INFORMAÇÕES ACERCA DO PROGRAMA TROCO AMIGO QUE VAI PARA O HOSPITAL ARCANJO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1676/1676_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1676/1676_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL, FORNEÇA INFORMAÇÕES SOBRE QUAIS MODALIDADES ESPORTIVAS SÃO OFERECIDAS PELA SECRETARIA DO ESPORTE E LAZER AOS ALUNOS NO TURNO ESCOLAR INVERSO, BEM COMO A QUANTIDADE DE PARTICIPANTES QUE REALIZAM ESTAS ATIVIDADES.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1677/1677_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1677/1677_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES, AO PODER EXECUTIVO MUNICIPAL, REFERENTE AO FUNDO NACIONAL DE DESENVOLVIMENTO DA EDUCAÇÃO (FNDE).</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1678/1678_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1678/1678_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES, AO PODER EXECUTIVO MUNICIPAL, REFERENTE AO FUNDO NACIONAL DE SAÚDE (FNS).</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1687/1687_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1687/1687_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES, AO PODER EXECUTIVO MUNICIPAL, REFERENTE À AVALIAÇÃO DE DESEMPENHO DOS SERVIDORES CONFORME A LEI 2912/2011 QUE INSTITUI O REGIME JURÍDICO ÚNICO DOS SERVIDORES PÚBLICOS, ALUSIVO AOS BENEFÍCIOS SALARIAIS EM FUNÇÃO DE LEGISLAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1704/1704_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1704/1704_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTE A SINALIZAÇÕES DO BAIRRO FLORESTA INDICANDO O BAIRRO CENTRO FEITA EM PLACAS PINTURAS MANUAIS, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1711/1711_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1711/1711_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO, INFORME SE EXISTE ALGUM PROJETO EM ANDAMENTO NA SECRETARIA, CUJA FINALIDADE SEJA A COLOCAÇÃO DE PLACAS INDICATIVAS NAS RUAS QUE NÃO ESTÃO IDENTIFICADAS,OU A REVITALIZAÇÃO OU SUBSTITUIÇÃO DAS PLACAS EXISTENTES.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1714/1714_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1714/1714_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA DE OBRAS INFORMAÇÕES SOBRE O CAMINHÃO VARREDEIRA C-137 COM PLACAS ING 8463.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1715/1715_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1715/1715_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA DE AGRICULTURA, INFORMAÇÕES SOBRE O VEÍCULO UNO- C-196 COM PLACAS IYA-4051.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1720/1720_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1720/1720_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE QUAL O CRESCIMENTO PERCENTUAL VEGETATIVO DA FOLHA DE PAGAMENTO DE SALÁRIOS DOS SERVIDORES DA PREFEITURA MUNICIPAL A PARTIR DE 2016. </t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Rafael Ronsoni, Dr. Ubiratã, Luia Barbacovi, Rosi Ecker Schmitt, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1724/1724_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1724/1724_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO PODER EXECUTIVO MUNICIPAL, SOBRE O ALVARÁ DO PLANO DE PREVENÇÃO DE INCÊNDIO DE TODAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1736/1736_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1736/1736_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTE O FUNCIONAMENTO DE ESCOLAS DE EDUCAÇÃO INFANTIL (CRECHES) NO PERÍODO DO NATAL LUZ NO ANO 2018 - 2019, NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1737/1737_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1737/1737_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTE AO PROJETO DA PRAÇA DO LOTEAMENTO ORLANDI, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1738/1738_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1738/1738_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO INFORME:_x000D_
 A)SE A SECRETARIA TÊM INTENÇÃO DE REDUZIR A CARGA HORÁRIA DOS ALUNOS DE 4 ANOS DA EDUCAÇÃO INFANTIL, PARA UM TURNO DE 4 HORAS?_x000D_
 B)SE AFIRMATIVA A RESPOSTA, IRÁ OCORRER UMA AUDIÊNCIA PÚBLICA PARA DEBATER ESTE ASSUNTO?_x000D_
 C)O CONSELHO MUNICIPAL DE EDUCAÇÃO FOI INFORMADO DESTA INTENÇÃO DA SECRETARIA?_x000D_
 </t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1753/1753_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1753/1753_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO PODER EXECUTIVO MUNICIPAL, SOBRE ANDAMENTO DAS EMENDAS IMPOSITIVAS DO GABINETE VEREADOR RAFAEL RONSONI.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1755/1755_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1755/1755_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES SOBRE QUAL O VALOR INVESTIDO NA MANUTENÇÃO DA BANDA DA ESCOLA SENADOR SALGADO FILHO A PARTIR DE 2016. </t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1760/1760_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1760/1760_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES, AO PODER EXECUTIVO MUNICIPAL, REFERENTE ÀS ATAS DAS REUNIÕES DO CONDEMA. </t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1764/1764_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1764/1764_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÕES SOBRE A APLICAÇÃO DE VALOR CLASSIFICADO NA LEI Nº 3606/2017, O QUAL SERIA DESTINADO À IMPLANTAÇÃO DO AUXÍLIO ALIMENTAÇÃO. </t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1765/1765_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1765/1765_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES ACERCA DOS ÍNDICES CONSTRUTIVOS (IA) DO MUNICÍPIO DE GRAMADO/RS.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Dr. Ubiratã, Rafael Ronsoni</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1772/1772_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1772/1772_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÕES SOBRE A CONCESSÃO DE USO DE ESPAÇO NO PARQUE DO LAGO NEGRO, CONFORME PREVISTO NA LEI MUNICIPAL Nº 3.649/2018. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1777/1777_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1777/1777_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO INFORME  O NÚMERO DE ALUNOS DA REDE MUNICIPAL QUE IRÃO COMPLETAR 4 ANOS EM 2019.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1779/1779_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1779/1779_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DOCUMENTAÇÕES FINANCEIRAS DO HOSPITAL ARCANJO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Dr. Ubiratã, Birinha Moura, Luia Barbacovi, Rafael Ronsoni, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1785/1785_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1785/1785_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES ACERCA DAS AÇÕES JUDICIAIS DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1787/1787_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1787/1787_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA A DESCRIÇÃO DAS 10 (DEZ) EMPRESAS QUE APRESENTARAM MELHOR DESEMPENHO NO EXERCÍCIO DE 2017 EM RELAÇÃO AO RETORNO DO IMPOSTO DE CIRCULAÇÃO E MERCADORIAS E SERVIÇOS (ICMS) E EM RELAÇÃO AO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA (ISSQN).</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1794/1794_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1794/1794_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÕES ACERCA DOS CADASTROS DE TERRENOS POPULARES NO LOTEAMENTO CARAZAL.  </t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1798/1798_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1798/1798_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHA PEDIDO SOLICITANDO INFORMAÇÕES ACERCA DA CONCLUSÃO DA OBRA DO GINÁSIO DE ESPORTES DA VILA OLÍMPICA, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1801/1801_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1801/1801_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO PODER EXECUTIVO MUNICIPAL, SOBRE REPASSE DE EMENDAS FEDERAIS NOS ANOS DE 2017 E 2018.  </t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1802/1802_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1802/1802_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A CASA DE MADEIRA QUE ESTAVA LOCALIZADA NO PÁTIO DA SECRETARIA DE AGRICULTURA.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1806/1806_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1806/1806_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A ARRECADAÇÃO E USO DOS VALORES DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA (ISSQN) E DA TAXA PARA A CONCESSÃO DO ALVARÁ COBRADO NOS EVENTOS.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1815/1815_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1815/1815_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO PEDIDO DE PROVIDENCIAS 101/2018, REFERENTE AO ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE QUEBRA-MOLAS NA AV. DO TRABALHADOR, ALTURA DO N° 619, QUILOMBO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1816/1816_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1816/1816_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA QUANTIDADE DE EXAMES DE MAMOGRAFIA FORAM SOLICITADOS NO ANO DE 2018, E QUANTOS DESTE FALTAM SER REALIZADOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1817/1817_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1817/1817_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA DE OBRAS INFORMAÇÕES SOBRE ASFALTAMENTO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t xml:space="preserve">Bancada Progressista </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1819/1819_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1819/1819_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÕES ACERCA DAS CONTAS MENSAIS DE ÁGUA, LUZ E TELEFONE REFERENTES AO PERÍODO DE JANEIRO A SETEMBRO DE 2018, ALUSIVAS AO CONSUMO DAS SECRETARIAS MUNICIPAIS. </t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1820/1820_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1820/1820_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES ACERCA DA CONCESSÃO DE BANCO DE HORAS E DE HORAS EXTRAS AOS SERVIDORES PÚBLICOS, NO PERÍODO DE JANEIRO A SETEMBRO DE 2018.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1821/1821_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1821/1821_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÕES RELACIONADAS À SECRETARIA MUNICIPAL DE CIDADANIA E ASSISTÊNCIA SOCIAL. </t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1822/1822_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1822/1822_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES SOBRE O TOMBAMENTO DOS EQUIPAMENTOS EXISTENTES NO HOSPITAL ARCANJO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1830/1830_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1830/1830_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO À PREFEITURA PARA QUE INFORME O MOTIVO QUE FOI SUBSTITUÍDO ÀS BANDEIRAS DOS ESTADOS BRASILEIROS PARA APENAS A DE GRAMADO, RIO GRANDE DO SUL E DO BRASIL, NA PRAÇA LEOPOLDO ROSENFELDT, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1841/1841_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1841/1841_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA DE OBRAS INFORMAÇÕES SOBRE ASFALTAMENTO NO BAIRRO CARNIEL, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1844/1844_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1844/1844_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DE QUAIS SÃO AS MEDIDAS QUE O PODER EXECUTIVO ESTÁ TOMANDO, REFERENTE A DESPOLUIÇÃO DE CASCATAS E CÓRREGOS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1877/pedido_polos.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1877/pedido_polos.docx</t>
   </si>
   <si>
     <t>Solicita para que através da secretaria de educação informe sobre qual o período de recesso das escolas de Educação Infantil e Ensino fundamental, assim como o período de funcionamento dos pólos nas escolas de Educação Infantil.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Vera Simão</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1879/1794_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1879/1794_texto_integral.docx</t>
   </si>
   <si>
     <t>Solicita informações acerca dos processos licitatórios realizados para a 33ª edição do Natal Luz de Gramado.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1880/soros.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1880/soros.docx</t>
   </si>
   <si>
     <t>Solicita informações acerca do banco municipal de soros antiofídicos e de soros antiaracnídeos.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1881/exames_preventivos.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1881/exames_preventivos.docx</t>
   </si>
   <si>
     <t>Solicita informações acerca dos exames preventivos na área da saúde.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1898/solicita_informacoes_sobre_o_processo_seletivo_xd9BkRE.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1898/solicita_informacoes_sobre_o_processo_seletivo_xd9BkRE.docx</t>
   </si>
   <si>
     <t>Solicita informações sobre o processo seletivo dos artistas do Natal Luz.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1899/solicita_informacoes_sobre_a_questao_indigena__bOBcxKa.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1899/solicita_informacoes_sobre_a_questao_indigena__bOBcxKa.docx</t>
   </si>
   <si>
     <t>Solicita informações sobre a questão indígena no Município de Gramado.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1906/leite.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1906/leite.docx</t>
   </si>
   <si>
     <t>Solicita informações sobre a disponibilização de leite, através do município.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1909/ped._inf._obras_licitadas..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1909/ped._inf._obras_licitadas..docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, sobre quais motivos foram apresentados pelas empresas responsáveis para não conclusão das obras licitadas do Posto de Saúde do Bairro Floresta, Parque dos Pinheiros e Ginásio da Várzea Grande.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1911/fogos_de_artificio..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1911/fogos_de_artificio..docx</t>
   </si>
   <si>
     <t>Solicita informações acerca das fiscalizações referentes à utilização, soltura, uso e manuseio de bombas, morteiros, foguetes, rojões, fogos de estampido e similares que causem poluição sonora, nos eventos públicos e particulares realizados no município de Gramado.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1914/inf.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1914/inf.docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, sobre o pedido de providências 028/2018, referente a implantação de Placas nos dois Pórticos de entrada do nosso município sendo eles pela entrada RS 115, via Taquara e também pela entrada Av. das Hortênsias, via Nova Petrópolis, contando a história dos referidos.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1916/informacao_copia_matricula.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1916/informacao_copia_matricula.docx</t>
   </si>
   <si>
     <t>Solicita Informação, ao Poder Executivo, sobre matricula em que o Município de Gramado, permutou área com a empresa Irmãos Leobet Cia. LTDA</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1918/uti_hospital2.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1918/uti_hospital2.docx</t>
   </si>
   <si>
     <t>Solicita informações referentes ao atendimento de pacientes oriundos de outros municípios, na Unidade de Tratamento Intensivo (UTI) do Hospital Arcanjo São Miguel.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1924/funcionarios_novos_do_hospital_1_1.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1924/funcionarios_novos_do_hospital_1_1.docx</t>
   </si>
   <si>
     <t>Solicitam informações acerca do quadro de funcionários do Hospital Arcanjo São Miguel.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1927/inf_emendas_escolas.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1927/inf_emendas_escolas.docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo, sobre a execução das melhorias nas Escolas Municipais referente as Emendas Impositivas destinadas pela Vereadora Rosi Ecker Schmitt.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1928/fiscalizacao_uber.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1928/fiscalizacao_uber.docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Executivo, sobre quais medidas estão sendo tomadas quanto a fiscalização do transporte clandestino em nosso município.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1930/emenda_pista_de_atletismo.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1930/emenda_pista_de_atletismo.docx</t>
   </si>
   <si>
     <t>Solicita ao Executivo, informações sobre a execução da pista de atletismo semiolímpica, no Bairro Moura, que possuí verbas destinadas de Emendas Impositivas dos Vereadores em 2018.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1931/inf_academia_viacao.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1931/inf_academia_viacao.docx</t>
   </si>
   <si>
     <t>Solicita ao Executivo, informações sobre a data de execução da academia ao ar livre do Altos da Viação Férrea, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1932/inf_bebes_recem_nascidos.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1932/inf_bebes_recem_nascidos.docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Hospital Arcanjo São Miguel, informando se é realizada alguma orientação para pais e responsáveis a primeiros socorros em caso de engasgamento, aspiração, e prevenção de morte súbita de recém-nascidos, antes da alta hospitalar.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1936/ped._inf._perimetral..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1936/ped._inf._perimetral..docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, que forneça as prestações de contas com eventuais questionamentos de órgãos de controle das obras do 1º Quadrante do Anel Viário/Perimetral.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1943/corsan.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1943/corsan.docx</t>
   </si>
   <si>
     <t>Solicitam cópia do termo de cedência firmado entre a Companhia Riograndense de Saneamento (CORSAN) e a Prefeitura Municipal de Gramado, referente ao terreno onde está localizado o novo Reservatório de abastecimento de água da cidade.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1947/micro_varzea.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1947/micro_varzea.docx</t>
   </si>
   <si>
     <t>Solicita ao Executivo, informações sobre a compra do micro-ônibus para a Secretária de Saúde, que possuí verbas destinadas de Emendas Impositivas dos Vereadores em 2018.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1960/pedido_de_informacao_caramuru.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1960/pedido_de_informacao_caramuru.docx</t>
   </si>
   <si>
     <t>Solicita informação sobre o transporte escolar.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1962/ped._inf._corsan..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1962/ped._inf._corsan..docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, que identifique quais as clausulas do contrato da Corsan com o município não estão sendo cumpridas e que medidas extras judiciais serão tomadas em função do descumprimento.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1964/caixa_dagua_postao.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1964/caixa_dagua_postao.docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, referente à última limpeza feita na caixa d’agua do Centro Municipal de Saúde e demais postos e resultado da análise de água.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1965/caixa_dagua_serra_grande.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1965/caixa_dagua_serra_grande.docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, sobre o termo de cedência firmado entre a Prefeitura Municipal e proprietários de um terreno localizado na Serra Grande para colocação de depósito de água neste Município.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1967/pedido_de_informacao_-_fundo_verde.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1967/pedido_de_informacao_-_fundo_verde.docx</t>
   </si>
   <si>
     <t>Solicita informações sobre o Fundo Municipal para Preservação Ambiental - Fundo Verde.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2109/pedido_informacoes_corsan_notificacao.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2109/pedido_informacoes_corsan_notificacao.docx</t>
   </si>
   <si>
     <t>Solicita informações sobre a _x000D_
 CORSAN no Município de Gramado.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2112/ped._inf._ligacao_av._central_bairro_carniel..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2112/ped._inf._ligacao_av._central_bairro_carniel..docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, que através da secretaria competente informe como estão os estudos para a realização da obra que prevê a ligação por rua entre os bairros Av. Central ao Bairro Carniel.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2117/pedido_de_info_-_pedalinhos.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2117/pedido_de_info_-_pedalinhos.docx</t>
   </si>
   <si>
     <t>Reitero pedido onde solicito informações sobre a concessão de uso de espaço no Parque do Lago Negro, conforme previsto na Lei Municipal nº 3.649/2018.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2123/pedido_de_informacao_corsan_investimentos.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2123/pedido_de_informacao_corsan_investimentos.docx</t>
   </si>
   <si>
     <t>Solicita que a Corsan informe a relação de investimentos feitos pela a estatal nos dois últimos anos e a previsão de investimentos para o próximo ano, no município de Gramado.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2128/ped._inf._ampliacao_secretaria_meio_ambiente..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2128/ped._inf._ampliacao_secretaria_meio_ambiente..docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, que informe como estão os estudos e ações para ampliação e modernização da atual estrutura administrativa da Secretaria Municipal do Meio Ambiente.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2129/ped._inf._praca_onze_canarinhos..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2129/ped._inf._praca_onze_canarinhos..docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, que informe através da secretaria competente, qual a previsão para a conclusão das obras da praça localizada ao lado do campo Onze Canarinhos no Bairro Piratini.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2142/cartao_combustivel.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2142/cartao_combustivel.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, informações referentes ao abastecimento de veículos de todas as Secretarias Municipais realizados após a implantação do cartão combustível.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2143/combustivel_2017.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2143/combustivel_2017.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, informações referentes ao abastecimento de veículos de todas as Secretarias Municipais, no ano de 2017.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2150/pcds_e_aprendiz_legal.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2150/pcds_e_aprendiz_legal.docx</t>
   </si>
   <si>
     <t>Solicita ao Hospital Arcanjo São Miguel, Informações referentes à quantidade de vagas destinadas a PCDs(Pessoas com Deficiência) e Aprendiz Legal.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2154/inf_das_placas.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2154/inf_das_placas.docx</t>
   </si>
   <si>
     <t>Solicita informações, ao Poder Executivo Municipal, sobre o pedido de providências 072/2018, referente a manutenção de todas de sinalização e de nomenclatura de Ruas do Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>PRO</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1058/1058_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1058/1058_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O PLANTIO DE ÁRVORES NA RUA NELSON DINNEBIER, BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1059/1059_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1059/1059_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE QUEBRA-MOLAS NA RUA RIACHUELO, BAIRRO PIRATINI._x000D_
 </t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1060/1060_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1060/1060_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REVITALIZADO E QUE SE FAÇA A TROCA NECESSÁRIA DAS PLACAS INDICATIVAS COM AS NOMENCLATURAS DE RUAS QUE LOCALIZAM-SE NO LOTEAMENTO VILA DO SOL, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1061/1061_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1061/1061_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA EXECUTADA A ROÇADA EM AMBOS OS LADOS DA ESTRADA PARA A SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O PATROLAMENTO E A DESOBSTRUÇÃO DE VALETAS DA ESTRADA PARA O CARACOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1063/1063_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1063/1063_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO O PATROLAMENTO DA ESTRADA ANTIGA DO MOREIRA, NA LOCALIDADE DE MORRO AGUDO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1064/1064_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1064/1064_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE LÂMPADAS QUEIMADAS DA ILUMINAÇÃO PÚBLICA NA ESTRADA ANTIGA DO MOREIRA, NA LOCALIDADE DE MORRO AGUDO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REGULAMENTAÇÃO DA ATIVIDADE DOS PROFISSIONAIS DE QUIROPRAXIA NO MUNICÍPIO DE GRAMADO</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE REALIZE A MANUTENÇÃO DOS REDUTORES DE VELOCIDADE NA RUA LADEIRA DAS AZALEIAS, PRÓXIMO AO HOTEL ESTALAGEM ST. HUMBERTUS, BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DA PONTE DE MADEIRA PERTENCENTE À ESTRADA GERAL PARA O MOREIRA, ONDE FAZ DIVISA COM O MUNICÍPIO DE TRÊS COROAS E GRAMADO.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA REALIZADA A RECUPERAÇÃO DO ASFALTO (TAPA-BURACO) NA ESTRADA GERAL DA SERRA GRANDE, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A DESOBSTRUÇÃO DAS VALETAS ATRÁS DA ESCOLA DE ENSINO FUNDAMENTAL NOSSA SENHORA DE FÁTIMA, LOCALIZADA NO LOTEAMENTO VILA DO SOL, NO BAIRRO VÁRZEA GRANDE, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A AMPLIAÇÃO NA REDE DA ILUMINAÇÃO PÚBLICA NA RUA PEDRO TOMAZELLI, NO LOTEAMENTO VILA DO SOL, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A PAVIMENTAÇÃO ASFÁLTICA EM FRENTE À IGREJA E PAVILHÃO DA COMUNIDADE EVANGÉLICA DE LINHA MARCONDES.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA PROVIDENCIADO RECAPEAMENTO ASFALTICO EM FRENTE A TOMAZELLI HENRIQUE E CIA (PEDREIRA DOS TOMAZELLI), LOCALIZADO NA ESTRADA DA SERRA GRANDE, NA LINHA SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A VIABILIDADE DE CONSTRUIR BANHEIROS EXTERNOS NO GINÁSIO &amp;#8220;PERINÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A VIABILIDADE DE MELHORAR A SINALIZAÇÃO NA RUA ANTÔNIO B. SOBRINHO.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE COLOCAÇÃO DE UMA PLACA NA RUA EMA FERREIRA BASTOS, BAIRRO AVENIDA CENTRAL, SINALIZANDO &amp;#8220;RUA SEM SAÍDA&amp;#8221;.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE APRESENTE CÓPIAS DAS MULTAS APLICADAS REFERENTE A PANFLETAGEM /PROJETO DE LEI 28/2017, BEM COMO APRESENTAÇÃO DE VALORES ARRECADADOS E QUAIS ESTABELECIMENTOS MULTADOS.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM APRESENTADAS AS PORTARIAS DE TODAS AS SINDICÂNCIAS ABERTAS, OCORRIDAS NO ANO DE 2017.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO MELHORIAS NA ESTRADA DA PEDRAS BRANCAS, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA DISPONIBILIZADO CONTÊINER DE LIXO NA RUA SENADOR SALGADO FILHO, NO TRECHO ENTRE AV. BORGES DE MEDEIROS E RUA SÃO PEDRO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDENCIE, RECAPEAMENTO ASFÁLTICO NA RUA JOÃO LEOPOLDO LIED, PERTENCENTE AO BAIRRO TIROL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA PROVIDENCIADO A REVITALIZAÇÃO DA PARADA DE ÔNIBUS LOCALIZADA EM FRENTE AO AVIÁRIO GRAMADO AVICULTURA NA ESTRADA DA LINHA BONITA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA DA RUA AUGUSTO TOMAZELLI, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA O PEDIDO DE PROVIDÊNCIAS, PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE, RECAPEAMENTO ASFÁLTICO NA RUA ALBINO MICHAELSEN NO LOTEAMENTO MICHAELSEN, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDENCIE A REFORMA DA PONTE DO RAPOUSO, ONDE FAZ DIVISA COM O MUNICÍPIO DE  CAXIAS DO SUL E GRAMADO.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDENCIE A IMPLANTAÇÃO DE PLACAS NOS DOIS PÓRTICOS DE ENTRADA DO NOSSO MUNICÍPIO SENDO ELES PELA ENTRADA RS 115, VIA TAQUARA E TAMBÉM PELA ENTRADA AV. DAS HORTÊNSIAS, VIA NOVA PETRÓPOLIS, CONTANDO A HISTÓRIA DOS MESMOS.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.docx</t>
   </si>
   <si>
     <t>VERIFIQUE A DISPONIBILIDADE DE DESIGNAR EDUCADORES FÍSICOS, PARA QUE ATENDAM NAS ACADEMIAS AO AR LIVRE EM DIAS E HORÁRIOS PREVIAMENTE AGENDADOS DESTINADOS, NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>Erni Branchini</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PODA DE LEVANTAMENTO NA RUA PRIMAVERA ESQUINA COM A RUA FLORESTA NEGRA, BAIRRO PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA , PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE PARA QUE SEJA FEITA A REFORMA E AMPLIAÇÃO DA PARADA DE ÔNIBUS EM FRENTE À ESCOLA CARAMURU NA VÁRZEA GRANDE</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE REALIZE A MANUTENÇÃO DO PAVILHÃO MOISÉS BEZZI, LOCALIZADO NO BAIRRO VÁRZEA GRANDE, NO LOTEAMENTO MICHELSEN, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE VERIFIQUE A DISPONIBILIDADE DE DESIGNAR TRANSPORTE ESCOLAR PÚBLICO, PARA OS ESTUDANTES DA VÁRZEA GRANDE PARA A  ESCOLA DE ENSINO FUNDAMENTAL NOSSA SENHORA DE FATIMA, NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA NA AV. DO TRABALHADOR NA ALTURA DO N° 2222 SENTIDO AO CARAHÁ, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA REALIZADO UM ESTUDO DE VIABILIDADE PARA A A IMPLANTAÇÃO DE UMA PARADA DE ÔNIBUS NAS PROXIMIDADES DA LOJA JOÃO DE BARRO- MATERIAIS DE CONSTRUÇÃO NA AVENIDA BORGES DE MEDEIROS NO BAIRRO MOURA.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RECUPERAÇÃO DOS CALÇAMENTOS DAS RUAS CENTRAIS, EM ESPECIAL DOS MOSAICOS (PEQUENAS LAJOTAS)QUE SE ENCONTRAM SOLTAS OU EM FALTA, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA VAGA PARA CARGA E DESCARGA, NO INICIO DA RUA NILO DIAS, AO LADO DA CLASSIC VIDEO, DESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO O PEDIDO ONDE SOLICITO O CONSERTO NO TRECHO DO PASSEIO PÚBLICO CONSTRUÍDO COM PARALELEPÍPEDOS, LOCALIZADOS NO ACESSO A SERVIDÃO EXISTENTE NA AV. DAS HORTÊNSIAS, AO LADO DA AGENCIA DO BANCO ITAÚ, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO NAS PLACAS DE SINALIZAÇÃO INSTALADAS NAS VIAS PUBLICAS, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJAM INSTALADAS NOVAS PLACAS INDICANDO OS LOCAIS TURÍSTICOS DO MUNICÍPIO DE GRAMADO, INCLUINDO SEMPRE NO TEXTO, NO MINIMO, PORTUGUÊS E ESPANHOL.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO PIRATINI NA RUA GERMANO MONARETTO, NO TERRENO PERTENCENTE À PREFEITURA MUNICIPAL AO LADO DA RESIDÊNCIA Nº 184.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA VIABILIDADE DE FECHAMENTO DOS ACESSOS AO LOTEAMENTO DE CASAS POPULARES CARAZAL.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RETIRADA DOS VEÍCULOS EM ESTADO DE DETERIORAÇÃO QUE ESTÃO ABANDONADOS EM VIAS PÚBLICAS OU CALÇADAS, NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UM CORRIMÃO NA ESCADARIA QUE LIGA A RUA GERMANO MONARETTO E A RUA VERA CRUZ, NO BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA E ROÇADA NAS RUAS DO LOTEAMENTO DE CASA POPULARES DO CARAZAL.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA OI S/A DE TELECOMUNICAÇÕES RETIRADA DOS ORELHÕES EXISTENTES NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE CONSTRUIR BANHEIROS EXTERNOS NA PRAÇA EM FRENTE AO COLÉGIO DR. CARLOS NELZ - CAIC.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE PLANEJAR UM NOVO PROJETO PARA O ACESSO À ESCOLA NOSSA SENHORA DE FÁTIMA, NA VILA DO SOL.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA FEITO O CADASTRAMENTO DO MUNICÍPIO NO PROGRAMA "INTERNET PARA TODOS" DO GOVERNO FEDERAL. </t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SEJA FEITA A REVITALIZAÇÃO NA RUA PEDRO TOMAZELLI ESQUINA COM A RUA JOSÉ BERGAMO FILHO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UM ABRIGO NA PARADA DE ÔNIBUS LOCALIZADA NA RUA OLIMPIO SWAIZER, LOTEAMENTO CELITA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA SOLICITAÇÃO DE ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, NA RUA ÂNGELO TISSOT, NO LOTEAMENTO VILA DO SOL, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DA PONTE DA LINHA ÁVILA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A DESOBSTRUÇÃO DAS CANALETAS DE ESCOAMENTO DE ÁGUA NA ESTRADA DA LINHA 28 - TRECHO RS 235 ATÉ A IGREJA, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVITALIZAÇÃO DA MARCAÇÃO DA RÓTULA (TACHÕES) NA RUA GARIBALDI, ESQUINA COM A RUA SALGADO FILHO, DESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE CARREGADORES PÚBLICOS PARA TELEFONES CELULARES, EM LOCAIS DE GRANDE FLUXO TURÍSTICO._x000D_
 </t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE REALIZE UM ESTUDO TÉCNICO SOBRE A POSSIBILIDADE DE MUDANÇA DA ANTENA QUE ABRIGA AS ESTRUTURAS DE RETRANSMISSÃO DO SINAL DIGITAL NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA GRAMADO TURISMO ESTUDO DE VIABILIDADE PARA AMPLIAÇÃO DE ROTA DE MICRO-ÔNIBUS, QUE CONTEMPLE A PRAÇA DA MISS, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1167/1167_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1167/1167_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA BOCA DE LOBO ECOLÓGICA NA RUA TRISTÃO DE OLIVEIRA, EM FRENTE AO Nº 134.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO NAS ESTRADAS DA LINHA SÃO ROQUE E FORQUETA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE COLOCAR TACHÕES DE SINALIZAÇÃO NA RUA EMILIO LEOBET, EM GRAMADO.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AOS CORREIOS UM ESTUDO DE VIABILIDADE PARA QUE O MESMO ATENDA OS MORADORES DO LOTEAMENTO VIVENDAS DO ARVOREDO</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE LIXEIRAS NO CAMINHO DA SANTINHA, NA RUA EMÍLIO LEOBET, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE REALIZE MANUTENÇÃO DA CALÇADA NA AVENIDA DAS HORTÊNSIAS ENTRE O TRECHO QUE LIGA AS RUAS GARIBALDI E RUA THEOBALDO FLECK.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE DE UM PLANO DE ARBORIZAÇÃO URBANA NAS RUAS SANTO ÂNGELO E LUIS PRASS, NO BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA OPERAÇÃO TAPA BURACOS NAS RUAS FRANCISCA BERGAMO E SIMÃO RISSI, NA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O MUNICÍPIO REALIZE UM CONVÊNIO COM A APADEV &amp;#8211; ASSOCIAÇÃO DE PAIS E AMIGOS DOS DEFICIENTES VISUAIS, PARA A FORMAÇÃO EM BRAILE DOS PROFESSORES E MONITORES DA REDE PÚBLICA</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO DESIGNE UM MEMBRO PARA COMPOR O COMITÊ DE GERENCIAMENTO DA BACIA HIDROGRÁFICA DO RIO CAÍ.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A LIMPEZA, HIGIENIZAÇÃO E CONSERVAÇÃO DOS AMBIENTES DO CENTRO MUNICIPAL DE SAÚDE, LOCALIZADO NA RUA ERNESTO VOLK, Nº 300, BAIRRO CENTRO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1184/1184_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1184/1184_texto_integral.docx</t>
   </si>
   <si>
     <t>REALIZE ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, NA RUA OLIMPIO SWAIZER, NO LOTEAMENTO CELITA, VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.docx</t>
   </si>
   <si>
     <t>REALIZE ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE E SINALIZAÇÃO, NA ESTRADA PARA O MOLEQUE, NA ALTURA DO CRERH &amp;#8211; CENTRO DE REABILITAÇÃO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1189/1189_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1189/1189_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA EXECUTADA REVISÃO DE PLACAS DE SINALIZAÇÃO DE NOME DE RUAS, INSTALADAS NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIE A MANUTENÇÃO DA PRACINHA DE BRINQUEDOS E DO CAMPO DE AREIA DA ESCOLA MUNICIPAL ENSINO FUNDAMENTAL PEDRO ZUCOLOTTO, NO BAIRRO TRÊS PINHEIROS, NESSE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDENCIE A DISPONIBILIZAÇÃO DE ABERTURA DE PORTÕES DE ACESSO À ESCOLA DE EDUCAÇÃO INFANTIL TIA CARMELINA, VILA OLÍMPICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE SEJA COLOCADO REDUTOR DE VELOCIDADE NA ESTRADA SERRA GRANDE, NA ALTURA DA ESTRADA QUE ENTRA PARA O PRIMEIRO ACESSO AO MORRO AGUDO, NA SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DAS SECRETARIAS COMPETENTES, SEJA PROVIDENCIADO RECAPEAMENTO ASFÁLTICO NA RUA 15 DE DEZEMBRO NO BAIRRO PIRATINI, ASSIM COMO, UMA PLACA DE IDENTIFICAÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO SE PROVIDENCIE UM ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA FARRAPOS, NO BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE INSTALAÇÃO DE INTERNET GRATUITA NO CENTRO DE CULTURA.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE INSTALAÇÃO DE INTERNET GRATUITA NA BIBLIOTECA PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE CONTEMPLAR COM MAIS SINALIZAÇÃO E UMA LOMBADA A RUA PAROBÉ LINHA NOVA.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE A SECRETARIA COMPETENTE REALIZE MANUTENÇÃO DE TODAS AS PLACAS DE SINALIZAÇÃO EM TODA A EXTENSÃO DA LINHA ÁVILA, NESTE MUNICÍPIO </t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO UM ESTUDO DE VIABILIDADE PARA A TROCA DE UMA PARADA DE ÔNIBUS QUE SE LOCALIZA EM FRENTE A UMA ENTRADA DE GARAGEM NA RUA SÃO PEDRO Nº1091</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>Professor Daniel, Renan Sartori</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM A EGR- EMPRESA GAÚCHA DE RODOVIAS QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE, QUE ANALISE A POSSIBILIDADE DE SUBSTITUIÇÃO DAS FAIXAS DE PEDESTRES LOCALIZADAS NA ERS 235 E ERS 115 SITUADAS NO MUNICÍPIO DE GRAMADO POR LOMBOFAIXAS (FAIXAS COM ELEVAÇÃO).</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SEJA PROVIDENCIADO LIXEIRAS E DESCARTADORES DE CIGARROS NAS PROXIMIDADES DAS PARADAS DE ÔNIBUS DO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO PEDIDO, ONDE SOLICITO O CONSERTO DE PASSEIO PÚBLICO "CALÇADA", DA RUA JOÃO ALFREDO SCHNEIDER, NO BAIRRO PLANALTO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO PEDIDO PARA QUE VOLTE A REALIZAR O CONCURSO DE JARDIM DE RESIDÊNCIAS E JARDINS E FACHADAS DE ESTABELECIMENTOS COMERCIAIS CRIADO PELA LEI Nº 1376/95, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO PEDIDO ONDE SOLICITO LEVANTAMENTO DA EXISTÊNCIA E NOMENCLATURA DAS ESTRADAS VICINAIS E SECUNDÁRIAS NA ZONA RURAL, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE EM FRENTE A ESCOLA NOSSA SENHORA DA POMPÉIA, LOCALIZADA NA SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A COLOCAÇÃO DE TACHÕES QUE DEMARQUEM O ACESSO QUE LEVA A UM CONDOMÍNIO LOCALIZADO NA RUA PREFEITO WALDEMAR FREDERICO WEBER.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À RGE A COLOCAÇÃO DE POSTES DE ILUMINAÇÃO NA ERS-115 ENTRE O HOTEL ESTRELAS DA SERRA E A RÓTULA DO SERRA PARK NESTE MUNÍCIPIO</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM DISPONIBILIZADAS INFORMAÇÕES SOBRE A SINALIZAÇÃO E USO CORRETO DA CICLOFAIXA E EQUIPAMENTOS DE SEGURANÇA PARA CICLISTAS</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, NA RUA RADIO FLORESTA, NO ALTOS DA VIAÇÃO FÉRREA, VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE MEIO FIO E REVITALIZAÇÃO DO ASFALTO NA RUA PRINCIPAL DO LOTEAMENTO WILTGEN, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITO ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA TRISTÃO DE OLIVEIRA, PRÓXIMO A RUA SANTO ANTÔNIO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RGE - RIO GRANDE ENERGIA, SUBSTITUIÇÃO DOS POSTES DE MADEIRA NA RUA EMÍLIO LEOBET, EM GRAMADO.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>Professor Daniel, Everton Michaelsen, Renan Sartori</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO, SE PROVIDENCIE UM ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA PREFEITO NELSON DINNEBIER, PRÓXIMO A CASCATA DOS NARCISOS, NO BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A AMPLIAÇÃO DA REDE ELÉTRICA PARA ILUMINAÇÃO PÚBLICA NA RUA PEDRO TOMAZELI, NA ALTURA DO N° 203, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO DE TODA A ERS &amp;#8211; 373, ENTRE O BAIRRO VÁRZEA GRANDE A SERRA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA FEITA A REPINTURA DA FAIXA DE SEGURANÇA  ERS &amp;#8211; 373, ENTRE O BAIRRO VÁRZEA GRANDE A SERRA GRANDE, NA ALTURA NO LOTEAMENTO MAZZURANA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO DA RUA JOÃO ALFREDO SCHNEIDER, BAIRRO PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE, QUE REALIZE ESTUDO DE VIABILIDADE PARA IMPLANTAR QUEBRA-MOLAS OU ALGUMA MEDIDA CABÍVEL PARA REDUÇÃO DE VELOCIDADE NA AV. DO TRABALHADOR, NA ALTURA DO N°619, QUILOMBO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.docx</t>
   </si>
   <si>
     <t>ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE O PATROLAMENTO E A DESOBSTRUÇÃO DE VALETAS DA RUA JOSÉ BERGAMO FILHO, MOREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A RESTAURAÇÃO DO PASSEIO PÚBLICO NA RUA SENADOR SALGADO FILHO, PRÓXIMO AO NÚMERO 100.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA PROVIDENCIADO A REVITALIZAÇÃO TOTAL, ASSIM COMO, A INSERÇÃO DE PARAPEITO E CORRIMÃO NA ESCADARIA DA RUA TRISTÃO DE OLIVEIRA QUE DÁ ACESSO A RUA VERA CRUZ LIGANDO OS BAIRROS FLORESTA E PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO O CONSERTO DO PASSEIO PÚBLICO NA RUA TRISTÃO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE, QUE REALIZE ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, RUA LEOPOLDO TISSOT, NA ALTURA DA ENTRADA DA RUA CRESCENCIO TILL, LOTEAMENTO VILA OLÍMPICA, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO DE PROVIDÊNCIAS 74/2017, ONDE SOLICITA ESTUDO DE VIABILIDADE PARA A CRIAÇÃO DO PROCON NO MUNICÍPIO</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE JUNTO A PRAÇA DORA FRIDA FLECK NO BAIRRO BAVÁRIA</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO PEDIDO DE ESTUDO DE VIABILIDADE PARA PROIBIÇÃO DE ESTACIONAMENTO NA CURVA EM FRENTE AO NÚMERO 1198 NA ESTRADA P/ LINHA ÁVILA ALTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO, NAS SEGUINTES RUAS; RUA MESTRE, RUA DA FLORESTA, TRAVESSIA DA CORSAN, RUA ROSA CRUZ, RUA OSVALDO ROLOFF, RUA DO BOSQUE, SITUADAS NO BAIRRO FLORESTA, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1264/1264_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1264/1264_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O RECAPEAMENTO DO ASFALTO DAS RUAS CHUÍ, QUARAÍ E RINCÃO DO REI, SITUADAS NO LOTEAMENTO AREND, NO BAIRRO PRINSTROP DESTA CIDADE.  </t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1265/1265_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1265/1265_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO DE TRÂNSITO E GUARDARREIOS DE PROTEÇÃO, NAS RUAS CHUÍ, QUARAÍ E RINCÃO DO REI, SITUADAS NO LOTEAMENTO AREND, BAIRRO PRINSTROP, NESTA CIDADE. </t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1267/1267_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1267/1267_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A CANALIZAÇÃO DO ESGOTO E DE ÁGUA PLUVIAL NA RUA QUARAÍ E RUA RINCÃO DO REI, SITUADAS NO LOTEAMENTO AREND, BAIRRO PRINSTROP, DESTA CIDADE. </t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1270/1270_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1270/1270_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ATRAVÉS DA SECRETARIA COMPETENTE, PROVIDENCIE A ROÇADA NOS ARBUSTOS E COLOCAÇÃO DE TACHÕES NO CRUZAMENTO ENTRE AS RUAS JOÃO ANTÔNIO ACORSI E PEDRO CANDIAGO, NO BAIRRO PLANALTO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1271/1271_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1271/1271_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA COMPETENTE, QUE REALIZE ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, NA RUA ALFREDO BECKER, NO BAIRRO DUTRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1274/1274_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1274/1274_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O CALÇAMENTO DO PASSEIO PÚBLICO E COLOCAÇÃO DE BOCAS DE LOBO PARA MELHOR DRENAGEM D&amp;#8217;ÁGUA EM FRENTE AO CEMITÉRIO MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A CORSAN, A CANALIZAÇÃO DO ESGOTO E DE ÁGUA PLUVIAL NA RUA QUARAÍ E RUA RINCÃO DO REI, SITUADAS NO LOTEAMENTO AREND, BAIRRO PRINSTROP, DESTA CIDADE. </t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O PATROLAMENTO E A LIMPEZA DE VALETAS NA ESTRADA DA LINHA HÖRLLE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO SOLICITAÇÃO, PARA QUE SEJA INSTALADO JUNTO AO PRÉDIO ADMINISTRATIVO DA VÁRZEA GRANDE (SUB PREFEITURA), UM SETOR DE PROTOCOLO E POSTO DE ATENDIMENTO DA SECRETARIA DA FAZENDA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SEJA PROVIDENCIADO O DESCARTE ADEQUADO PARA OS RESÍDUOS DE OBRAS ENCONTRADOS ATRÁS DA ESCOLA HENRIQUE BERTOLUCI SOBRINHO, NO BAIRRO CASAGRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA O PEDIDO DE PROVIDÊNCIAS 393/2017 ONDE SOLICITA AO PODER EXECUTIVO QUE CONSERTE O RELÓGIO DA PRAÇA DA IGREJA MATRIZ SÃO PEDRO, EM GRAMADO.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A REVISÃO DE LÂMPADAS QUEIMADAS NA LINHA TAPERA ITALIANA.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE PROMOVA A MANUTENÇÃO NA REDE PLUVIAL AO FINAL DA RUA DARCI BROCK.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO SE PROVIDENCIE MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO NO ENTRONCAMENTO DAS RUAS PIAUÍ E ACRE NO BAIRRO DUTRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1295/1295_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1295/1295_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A LIMPEZA E DEVIDOS REPAROS NA PARADA DE ÔNIBUS QUE FICA NA RUA PINGO DE OURO, NO ALTOS DA VIAÇÃO FÉRREA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO NAS ESTRADAS DA LINHA QUILOMBO E LINHA 28, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO NAS ESTRADAS DA LINHA CARAHÁ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1302/1302_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1302/1302_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A COLOCAÇÃO DE PLACAS DE IDENTIFICAÇÃO NO PROLONGAMENTO DA RUA RIACHUELO, BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1303/1303_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1303/1303_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O CALÇAMENTO DO PASSEIO PÚBLICO NA RUA PRIMAVERA, INICIANDO NO BAIRRO JARDIM ATÉ A RUA FLORESTA NEGRA.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1304/1304_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1304/1304_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA AO FINAL DA RUA TRISTÃO DE OLIVEIRA, BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE QUEBRA-MOLAS NO PROLONGAMENTO DA RUA RIACHUELO, BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE PLACA INDICATIVA DE QUAL É A PREFERÊNCIA ENTRE AS RUAS TUIUTI E RIACHUELO, NO BAIRRO PIRATINI,NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O PATROLAMENTO E A LIMPEZA DE VALETAS NA ESTRADA QUE VAI PARA A RENÂNIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE PROVIDENCIE ACESSOS PARA CADEIRANTES NA AVENIDA CENTRAL.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O PODER EXECUTIVO PARA QUE CADASTRE O MUNICÍPIO DE GRAMADO NO PROGRAMA PRÓ-ESPORTE.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1315/1315_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1315/1315_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE ANALISE POSSIBILIDADE DE FAZER UM PASSEIO PÚBLICO NA RUA HENRIQUE BERTOLUCI SOBRINHO.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SE PROVIDENCIE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA PRACINHA DAS CRIANÇAS NO ALTOS DA VIAÇÃO FÉRREA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO PEDIDO, DATADO EM 18 DE SETEMBRO DE 2017, ATRAVÉS DO PEDIDO DE PRO-377/2017, ONDE SOLICITO QUE, SEJA FEITO REPAROS EM TODA EXTENSÃO DA RUA JOSÉ BERGAMO FILHO, NA VÁRZEA GRANDE, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS NA RUA DANTE NA VILA DO SOL, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS NA RUA 3, NA VILA DO SOL, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O MUNICÍPIO DE GRAMADO SE CADASTRE NO PROGRAMA BRASIL AMIGO DA PESSOA IDOSA</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O MUNICÍPIO DE GRAMADO SE CADASTRE NO PROGRAMA DE PROMOÇÃO E FORTALECIMENTO DA AGRICULTURA FAMILIAR</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE RECAPEAMENTO ASFÁLTICO NA RUA ALBINO SCHNEIDER, LOTEAMENTO MICHAELSEN, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIE A COLOCAÇÃO DE AREIA NO CAMPINHO DA ESCOLA MUNICIPAL ENSINO FUNDAMENTAL NOSSA SENHORA DE FÁTIMA, NO BAIRRO VÁRZEA GRANDE, NESSE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDENCIE A DISPONIBILIZAÇÃO DE LIXEIRAS MAIS RESISTENTES PARA LIXO ORGÂNICO E SECO NA ESCADARIA PRINCIPAL E LIMPEZA DA MESMA E ARREDORES, DA ESCOLA DE ENSINO FUNDAMENTAL NOSSA SENHORA DE FÁTIMA, NO LOTEAMENTO VILA DO SOL, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1344/1344_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1344/1344_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA MANUTENÇÃO NAS ESTRADAS DA LINHA FURNA NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1345/1345_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1345/1345_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA MANUTENÇÃO NAS ESTRADAS DA LINHA 15 NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1346/1346_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1346/1346_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRANSITO PROVIDENCIE ESCLARECER AS ROTAS DE VEÍCULOS PESADOS QUE PASSAM PELO CENTRO, COM PLACAS MELHOR VISÍVEIS E EM PONTOS ESTRATÉGICOS.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1347/1347_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1347/1347_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRANSITO PROVIDENCIE ALGUMA ALTERNATIVA PARA MELHORAMENTO DE FLUXO DE CARROS NA RUA BRUNO E. RIEGEL, BAIRRO PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1348/1348_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1348/1348_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRANSITO PROVIDENCIE ALGUMA ALTERNATIVA PARA MELHORAMENTO DE FLUXO DE CARROS NA RUA SANTO ANDRÉ, BAIRRO FLORESTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1351/1351_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1351/1351_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE, SEJA FEITA A REVITALIZAÇÃO NA RUA PINGO DE OURO, VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1352/1352_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1352/1352_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE PROVIDENCIE A TROCA DAS GRADES DAS CANALETAS LOCALIZADAS NA RUA COBERTA.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1353/1353_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1353/1353_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE PROVIDENCIE ACESSO PARA CADEIRANTES NA RUA BELA VISTA.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1355/1355_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1355/1355_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM A RETIRADA DA PRIMEIRA FAIXA DE SEGURANÇA QUE SE ENCONTRA LOCALIZADA NA AVENIDA 1º DE MAIO, BAIRRO VÁRZEA GRANDE, NO SENTIDO RÓTULA DA RS 115 AO COMPLEXO DA VILA OLÍMPICA. </t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1359/1359_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1359/1359_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE PROVIDENCIE O RECAPEAMENTO DA ESQUINA ENTRE AS RUAS AMAZONAS E PERNAMBUCO, BAIRRO DUTRA.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1365/1365_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1365/1365_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA ORGANIZADO UM CALENDÁRIO ANUAL, CONTEMPLANDO TODOS OS EVENTOS A SEREM REALIZADOS POR ENTIDADES, CLUBES SOCIAIS E RECREATIVOS DO MUNICÍPIO, BEM COMO AS COMUNIDADES RELIGIOSAS.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1368/1368_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1368/1368_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NA VILA PVC, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1369/1369_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1369/1369_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE REALIZE A RECOLOCAÇÃO DAS PLACAS INDICATIVAS DE NOMENCLATURA DE RUA NA VILA PVC, NO BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1370/1370_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1370/1370_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO DA PRACINHA DE BRINQUEDOS E DO CAMPO DE AREIA DO BAIRRO CASAGRANDE, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1372/1372_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1372/1372_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE, RECAPEAMENTO ASFÁLTICO NA RUA HIPÓLITO CONSTABILE, PERTENCENTE AO BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1373/1373_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1373/1373_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA SEJA ABERTO O PAVILHÃO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL DR. CARLOS NELZ &amp;#8211; CAIC, TAMBÉM PARA A COMUNIDADE LOCAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1374/1374_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1374/1374_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ESTE ATRAVÉS DA SECRETÁRIA DE GOVERNANÇA PROVIDENCIE JUNTAMENTE COM A SECRETARIA DE OBRAS A AMPLIAÇÃO NA REDE DA ILUMINAÇÃO PÚBLICA NA RUA PEDRO TOMAZELLI, NO LOTEAMENTO VILA DO SOL, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1375/1375_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1375/1375_texto_integral.docx</t>
   </si>
   <si>
     <t>ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE A REVITALIZAÇÃO DOS MEIOS FIOS DA RUA ALVINA MICHAELSEN, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1379/1379_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1379/1379_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE SE PROVIDENCIE ACESSO ADEQUADO ENTRE AS FAIXAS DE SEGURANÇA E AS CALÇADAS DO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1385/1385_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1385/1385_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE AGRICULTURA SE PROVIDENCIE REPAROS NA PONTE DE DIVISA ENTRE OS MUNICÍPIOS DE GRAMADO E SANTA MARIA DO HERVAL, LOCALIZADA NA RUA INTERMUNICIPAL QUE LIGA OS DOIS MUNICÍPIOS, PRÓXIMO A PROPRIEDADE DA FAMÍLIA FAÍZ.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1388/1388_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1388/1388_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA DA RUA FARRAPOS, BAIRRO PIRATINI, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1389/1389_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1389/1389_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA IMPLANTAR BUEIRO, NA RUA JOÃO SCUR, NA ALTURA DO N°931, BAIRRO PÓRTICO I, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1390/1390_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1390/1390_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE A REPINTURA DA RUA TRISTÃO DE OLIVEIRA DO BAIRRO FLORESTA, BEM COMO UM ESTUDO DE VIABILIDADE PARA MAIS VAGAS DE ESTACIONAMENTOS, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1391/1391_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1391/1391_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RGE - RIO GRANDE ENERGIA, SUBSTITUIÇÃO DOS POSTES DE MADEIRA NA RUA FAUSTINO RISSI, 753, BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1393/1393_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1393/1393_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA CONSTRUÇÃO DE CALÇAMENTO PÚBLICO E REPINTURA DA RUA SERAFIM BENETTI, BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1394/1394_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1394/1394_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REPINTURA DE AMARELO E CONSERTO DA PLACA DE CARGA E DESCARGA EM FRENTE AO SUPERMERCADO DIA, BAIRRO FLORESTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1395/1395_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1395/1395_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDENCIE, REVITALIZAÇÃO (TAPA BURACOS) NA RUA VILMA BRENSTROP, BAIRRO VILA DO SOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1396/1396_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1396/1396_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE QUEBRA-MOLAS, OU MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, NA RUA SERAFIN BENETTI, NO BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1399/1399_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1399/1399_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SEJA FEITA A REVITALIZAÇÃO DA RUA EUGÊNIO BENETTI, BAIRRO CASAGRANDE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1400/1400_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1400/1400_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA ÂNGELO SARTORI, NA ALTURA DO N°201, NO BAIRRO VILA OLÍMPICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1401/1401_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1401/1401_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA EM TODA EXTENSÃO DA RUA ALECRIM, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1412/1412_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1412/1412_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UM ABRIGO NA PARADA DE ÔNIBUS LOCALIZADA NA RUA ALMIRO DRECKSLER ESQUINA COM A RUA VERNO SCHEFFER, NO BAIRRO PÓRTICO II, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1404/1404_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1404/1404_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO NA RUA IDALINA SWAIZER NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1405/1405_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1405/1405_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO PEDIDO PARA CORSAN (COMPANHIA RIO-GRANDENSE DE SANEAMENTO), QUE REALIZE O TERMINO DA INSTALAÇÃO DE REDE DE ÁGUA TRATADA NA REGIÃO DA ESTRADA SERRA GRANDE.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1406/1406_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1406/1406_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DE TODAS AS PLACAS DE SINALIZAÇÃO EM TODA A EXTENSÃO DA ESTRADA SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1413/1413_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1413/1413_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A PODA NOS ARBUSTOS(AZALÉAS) AO LADO DO PÓRTICO DA VÁRZEA GRANDE, QUE ESTÃO OCUPANDO O PASSEIO PÚBLICO</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1414/1414_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1414/1414_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE, QUE REALIZE ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, NA RUA OLAVO BARRETO ROSA, NO BAIRRO JARDIM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1420/1420_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1420/1420_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DA AV. DO TRABALHADOR E NA AV. 1° DE MAIO, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1421/1421_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1421/1421_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA REPAROS E IMPLANTAÇÃO NA ILUMINAÇÃO PÚBLICA EM TODO INTERIOR DO MOREIRA E CABOCLO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1426/1426_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1426/1426_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REPINTURA E COLOCAÇÃO DE TACHÕES NO RECUO CENTRAL NA ERS 373, EM FRENTE AO POSTO TOMASI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1427/1427_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1427/1427_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO DO PASSEIO PÚBLICO BEM COMO A PODA NOS ARBUSTOS NA AV. DAS HORTÊNSIAS, EM TODA A EXTENSÃO SENTIDO AV. CENTRAL - CENTRO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1432/1432_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1432/1432_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UM ABRIGO NA PARADA DE ÔNIBUS LOCALIZADA NA RUA JOSÉ BERGAMO FILHO, LOTEAMENTO VILA DO SOL, PRÓXIMO A FABRICA GRAMÓVEIS, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1440/1440_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1440/1440_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA TOLDO NA ENTRADA DA EMEI SERRA ENCANTADA,LOCALIZADA NA SERRA GRANDE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1442/1442_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1442/1442_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A TROCA DA PLACA INDICATIVA EM FRENTE À CÂMARA DE VEREADORES NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1454/1454_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1454/1454_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO PASSEIO PÚBLICO (CALÇAMENTO) NA RUA EMÍLIO LEOBET, SENTIDO DUTRA/CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1455/1455_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1455/1455_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO PASSEIO PÚBLICO (CALÇAMENTO) NA RUA PORTO ALEGRE, NO BAIRRO MOURA, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1456/1456_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1456/1456_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO O PASSEIO PUBLICO (CALÇAMENTO) NA RUA HENRIQUE BERTOLUCI, NO BAIRRO PIRATINI, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1458/1458_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1458/1458_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO ESTUDO DE VIABILIDADE PARA ALARGAMENTO E PAVIMENTAÇÃO ASFÁLTICA DA RUA EDIO KNY LOCALIZADA NA LINHA CARAZAL NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1459/1459_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1459/1459_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A REVITALIZAÇÃO DO &amp;#8220;MORRO DA POLENTA&amp;#8221;.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1460/1460_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1460/1460_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE COLOCAR MAIOR NÚMERO DE LIXEIRAS NO ENTORNO DA PRAÇA EM FRENTE AO COLÉGIO DR. CARLOS NELZ - CAIC</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1461/1461_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1461/1461_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS, SEJA PROVIDENCIADO A RECUPERAÇÃO ASFÁLTICA NA RUA QUINZE DE DEZEMBRO, SEM SAÍDA, QUE DÁ ACESSO À ESCADARIA DO BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1466/1466_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1466/1466_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO ESTUDO DE VIABILIDADE PARA A PROIBIÇÃO DE ESTACIONAMENTO NA RUA MONSENHOR HIPÓLITO CONSTABILE.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1468/1468_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1468/1468_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE NO PÓRTICO DA VÁRZEA GRANDE NESTE MUNÍCIPIO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1469/1469_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1469/1469_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITO ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE NO PÓRTICO DE ACESSO PARA NOVA PETRÓPOLIS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1470/1470_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1470/1470_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITO ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE NOVOS RELÓGIOS TERMÔMETRO EM MAIS PONTOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1472/1472_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1472/1472_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA EM TODA EXTENSÃO DA RUA PRIMAVERA, BAIRRO JARDIM, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1475/1475_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1475/1475_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS, SEJA PROVIDENCIADO A RECUPERAÇÃO ASFÁLTICA NA RUA MONSENHOR HIPOLITO CONSTABILE ( NA ENTRADA DO ESTACIONAMENTO DO SUPERMERCADO NACIONAL), NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1476/1476_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1476/1476_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO SEJA PROVIDENCIADO A IMPLANTAÇÃO DE UM NOVO SISTEMA DE SEGREGADORES PARA CANALIZAÇÃO DO REFÚGIO DA SAÍDA DA RUA PREFEITO NELSON DINNEBIER COM A AVENIDA DAS HORTÊNSIAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1478/1478_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1478/1478_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE COLOCAÇÃO DE QUEBRA-MOLAS NA RUA PREFEITO NELSON DINNEBIER, BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1481/1481_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1481/1481_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDO DE VIABILIDADE PARA A DISPONIBILIZAÇÃO DE HORÁRIOS DE LINHA DE ÔNIBUS PARA ATENDER O LOTEAMENTO MICHAELSEN, NESTA CIDADE. </t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1484/1484_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1484/1484_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SOLICITE REDUÇÃO DE VALORES DE PASSAGENS DO TRANSPORTE PÚBLICO MUNICIPAL. </t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1485/1485_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1485/1485_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SEJA PROVIDENCIADO A DISTRIBUIÇÃO DE MAIS BANCOS NA PRAÇA DAS ETNIAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1487/1487_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1487/1487_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DO PAVILHÃO DA ESCOLA MAXIMILIANO HAHN, LOCALIZADO NO BAIRRO CARNIEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1488/1488_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1488/1488_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO, NA RUA PREFEITO WALDEMAR FREDERICO WEBER, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1496/1496_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1496/1496_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À SECRETARIA COMPETENTE A REVISÃO E A IMPLANTAÇÃO DA ILUMINAÇÃO PÚBLICA NA ESTRADA GERAL DO QUILOMBO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1499/1499_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1499/1499_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA Á SECRETARIA COMPETENTE O CONSERTO DA ILUMINAÇÃO PÚBLICA NA ESTRADA GERAL DA SERRA GRANDE, NA ALTURA DA ENTRADA DO N° 1980, SERRA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1501/1501_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1501/1501_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA Á SECRETARIA COMPETENTE O CONSERTO DA ILUMINAÇÃO PÚBLICA NA AV. 1° DE MAIO, NA ALTURA DA ENTRADA DO LOTEAMANETO MAZZURANA, VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1503/1503_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1503/1503_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE REALIZAR A PINTURA DOS QUEBRA-MOLAS E FAIXAS DE SEGURANÇA LOCALIZADOS NA RUA PREFEITO NELSON DINNEBIER, BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1510/1510_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1510/1510_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO REVISÃO NO SISTEMA DE ESGOTO CLOACAL NA RUA PEDRO BENETTI, ESQUINA COM A RUA SÃO PEDRO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1511/1511_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1511/1511_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO UMA VISTORIA NA QUESTÃO DE HIGIENE E LIMPEZA NOS SANITÁRIOS PÚBLICOS DO LAGO NEGRO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1513/1513_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1513/1513_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJAM TOMADAS AS DEVIDAS PROVIDENCIAS COM OS XAXINS EM TORNO DO LAGO NEGRO, QUE ESTÃO COM RISCO DE QUEDA DEVIDO AO DESBARRANCAMENTO DA ENCOSTA DO LAGO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1514/1514_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1514/1514_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO UMA PROTEÇÃO E UM CUIDADO EM TORNO DOS XAXINS NO LAGO NEGRO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1516/1516_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1516/1516_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDENCIE O REPARO DA ILUMINAÇÃO PÚBLICA NA ESTRADA SECUNDÁRIA DO CARAHÁ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1517/1517_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1517/1517_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O PATROLAMENTO E A LIMPEZA DE VALETAS NA ESTRADA SECUNDÁRIA DO CARAHÁ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1519/1519_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1519/1519_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A PODA DAS ARVORES EM TODA A EXTENSÃO DA RUA BORGES DE MEDEIROS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1521/1521_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1521/1521_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E ROÇADA NO ESPAÇO DE LAZER LOCALIZADO NA RUA JOÃO CARNIEL, BAIRRO CARNIEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1523/1523_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1523/1523_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE SEJA PROVIDENCIADO REPAROS NO CERCAMENTO DO PARQUE DA VINÍCOLA NA RUA PREFEITO NELSON DINNEBIER NO BAIRRO PIRATINI, ASSIM COMO, A COLOCAÇÃO DE LIXEIRAS NO LOCAL.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1524/1524_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1524/1524_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA REFORMAR O SUBSOLO DA ESCOLA MUNICIPAL MAXIMILIANO HAHN.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1525/1525_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1525/1525_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO ONDE SOLICITA ESTUDO DE VIABILIDADE PARA A DISPONIBILIZAÇÃO DE UNIFORME ESCOLAR PARA ALUNOS DA REDE PÚBLICA MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1526/1526_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1526/1526_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA ADEQUAÇÃO DOS VALORES DAS DIÁRIAS DO PREFEITO, SECRETÁRIOS E DEMAIS FUNCIONÁRIOS DA PREFEITURA DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1529/1529_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1529/1529_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE SE REPONHA RELÓGIOS DIGITAIS NAS SAÍDAS DA CIDADE.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1536/1536_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1536/1536_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REPINTURA DE EM TODA A SINALIZAÇÃO VIÁRIA VERTICAL E HORIZONTAL DE TODA EXTENSÃO DA RUA BORGES DE MEDEIROS, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1537/1537_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1537/1537_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA Á SECRETARIA COMPETENTE PROVIDENCIE A REVITALIZAÇÃO DA RUA VIGILANTE, BAIRRO DUTRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1540/1540_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1540/1540_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE EFETUE A COLOCAÇÃO DE BANCOS DE DESCANSO NO PÁTIO DO CAPS-CENTRO DE ATENÇÃO PSICOSSOCIAL, NO BAIRRO BAVÁRIA, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1541/1541_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1541/1541_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA AVENIDA DO TRABALHADOR, NO BAIRRO VÁRZEA GRANDE, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1543/1543_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1543/1543_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO O RECOLHIMENTO DE SACOS DE  LIXO EM FRENTE AOS ESTABELECIMENTOS COMERCIAIS NO CENTRO DA CIDADE,INCLUSIVE AOS FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1544/1544_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1544/1544_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE DISPONIBILIZE SEGURANÇAS NO ENTORNO DO LAGO NEGRO.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1547/1547_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1547/1547_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE SE FAÇA UMA REFORMA COMPLETA NOS BANHEIROS PÚBLICOS DE GRAMADO.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1555/1555_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1555/1555_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE PROVIDENCIAS PARA QUE SEJA FEITO O CONSERTO DE PASSEIO PÚBLICO &amp;#8220;CALÇADA&amp;#8221;, EM TODA EXTENSÃO DA AVENIDA BORGES DE MEDEIROS, NESTE  MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1557/1557_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1557/1557_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DO PAVILHÃO DA ESCOLA GENTIL BONATTO LOCALIZADO NO BAIRRO PRINSTROP, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1562/1562_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1562/1562_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PATROLAMENTO E ROÇADA NA RUA JOSÉ MÁRIO ANDREIS LOCALIZADA NA SERRA GRANDE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1566/1566_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1566/1566_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO O CONSERTO DO PASSEIO PÚBLICO NA RUA PADRE CARMENE.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1568/1568_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1568/1568_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REITERO SOLICITAÇÃO PARA QUE SEJA FEITO O PATROLAMENTO E ROÇADA DA ESTRADA ANTIGA DO MOREIRA, NA LOCALIDADE DE MORRO AGUDO, DESDE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1573/1573_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1573/1573_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO UMA ANALISE DA SITUAÇÃO DA VEGETAÇÃO JUNTO AO MIRANTE DO VALE DO QUILOMBO, NA ERS 235, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1583/1583_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1583/1583_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA SUBSTITUIÇÃO DE POSTE DE MADEIRA, DE ENERGIA ELÉTRICA, POR POSTE DE CONCRETO NA RUA HENRIQUE BERTOLUCI, BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1585/1585_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1585/1585_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO DE SINALIZAÇÃO VIÁRIA VERTICAL, NA RUA BRUNO ERNESTO RIEGEL, BAIRRO PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1586/1586_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1586/1586_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REPINTURA DE ESTACIONAMENTO NA AV. DAS HORTÊNSIAS, NA ALTURA DO N° 1377, CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1587/1587_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1587/1587_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO DE SINALIZAÇÃO VIÁRIA NA RUA NILO DIAS, CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1588/1588_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1588/1588_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA RECAPEAMENTO ASFÁLTICO NA RUA CONSTANTE PASCHOAL, VILA DO SOL, VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1589/1589_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1589/1589_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA RECAPEAMENTO ASFÁLTICO NA RUA SENADOR SALGADO FILHO, CENTRO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1590/1590_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1590/1590_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO E IMPLANTAÇÃO NA ILUMINAÇÃO PÚBLICA DA ESTRADA JOSÉ BERGAMO FILHO, VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1593/1593_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1593/1593_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE SEJA RETIRADA A FAIXA DE PEDESTRE NO INÍCIO DA RUA EMÍLIO LEOBET AO LADO DO CORPO DE BOMBEIROS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1595/1595_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1595/1595_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE COLOCAR UM REDUTOR DE VELOCIDADE NA AVENIDA BORGES DE MEDEIROS, EM FRENTE À ACADEMIA IRONWORKS PRIME.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1596/1596_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1596/1596_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITO ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE NA RUA JOÃO ALFREDO SCHNEIDER, BAIRRO PLANALTO, NESTE MUNÍCIPIO.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1597/1597_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1597/1597_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO, NA RUA PADRE CARMENE, BAIRRO CENTRO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1598/1598_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1598/1598_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA CONSTRUÇÃO DE COBERTURA NA ENTRADA DA ESCOLA MOSÉS BEZZI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1599/1599_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1599/1599_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA PINTURA DO MEIO FIO EM AMARELO PROIBINDO O ESTACIONAMENTO EM UM DOS LADOS DA RUA LEOPOLDO ROSENFELD, NO TRECHO EM CURVA, SITUADO EM FRENTE AO HOTEL REFÚGIO DA MONTANHA, NO BAIRRO PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1601/1601_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1601/1601_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RGE&amp;#8211; RIO GRANDE ENERGIA, SUBSTITUIÇÃO DO POSTE DE MADEIRA POR UM DE CONCRETO, NA RUA SIMÃO RISSI NA ALTURA DO N° 63, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1602/1602_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1602/1602_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO EM TODAS AS RUAS DO BAIRRO TRÊS PINHEIROS, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1603/1603_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1603/1603_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO SOLICITAÇÃO PARA QUE SEJA REALIZADA A LIMPEZA E MANUTENÇÃO DO PASSEIO PÚBLICO (CALÇADA) QUE LIGA O CARAZAL À LINHA MARCONDES, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1604/1604_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1604/1604_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO NA RUA TEOBALDO FLECK, NO BAIRRO CENTRO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1606/1606_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1606/1606_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO REVISÃO E CONSERTO DA ESCADARIA QUE FICA LOCALIZADA JUNTO A RUA OTACÍLIO SILVA, NO BAIRRO TRÊS PINHEIROS, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1609/1609_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1609/1609_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA REALIZADA A RECUPERAÇÃO DO PASSEIO PÚBLICO (CALÇADA) NA AVENIDA DAS HORTÊNSIAS, ENTRE AS RUAS HORÁCIO CARDOSO E RUA LUÍS BEZI, DESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1612/1612_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1612/1612_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO O CONSERTO DA RÓTULA SITUADA NA RUA LEOPOLDO ROSENFELD COM A RUA F. G. BIER, NO BAIRRO PLANALTO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1622/1622_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1622/1622_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO MUNICIPAL A PODA DE ARBUSTOS E COLOCAÇÃO DE NOVA PLACA INDICATIVA DA RUA HORÁCIO CARDOSO, BAIRRO PLANALTO. </t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1623/1623_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1623/1623_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE ESTUDE A VIABILIDADE DE IMPLANTAR O EJA (EDUCAÇÃO DE JOVENS E ADULTOS ) EM ESCOLAS DO MUNICÍPIO NO BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1625/1625_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1625/1625_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE SEJA IMPLANTADO O TURNO INTEGRAL NAS ESCOLAS COM ENSINO FUNDAMENTAL NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1627/1627_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1627/1627_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA DISPONIBILIZAÇÃO DE CONTAINERS DE LIXO NA ESTRADA GERAL PARA O QUILOMBO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1629/1629_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1629/1629_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA COLOCAÇÃO DE MAIOR NÚMERO DE LIXEIRAS NA PRAÇA DO BAIRRO MOURA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1630/1630_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1630/1630_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA MANUTENÇÃO NA ILUMINAÇÃO PÚBLICA NA ESCADARIA  QUE DA ACESSO À ESCOLA DE ENSINO FUNDAMENTAL NOSSA SENHORA DE FATIMA LOCALIZADA NO LOTEAMENTO VILA DO SOL, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1631/1631_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1631/1631_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA DRENAGEM E MELHORIAS NO PÁTIO DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL SERRA ENCANTADA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1633/1633_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1633/1633_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS, SEJA PROVIDENCIADO MELHORIAS NO CORRIMÃO DA ESCADARIA E RECAPEAMENTO ASFÁLTICO NA TRAVESSA DO EUCALIPTO, NO BAIRRO JARDIM, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1636/1636_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1636/1636_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PRÁTICA DO PROGRAMA DE ORIENTAÇÃO SOBRE PATERNIDADE CONSCIENTE JUNTAMENTE COM O PRÉ-NATAL, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1642/1642_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1642/1642_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE UMA FAIXA DE SEGURANÇA NA RUA PRIMAVERA, ESQUINA COM A RUA JOÃO ALFREDO SCHNEIDER, BAIRRO PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1643/1643_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1643/1643_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO DE SINALIZAÇÃO VIÁRIA NAS RUAS GARILBALDI, MADRE VERONICA E SENADOR SALGADO FILHO, CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1646/1646_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1646/1646_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SE PROVIDENCIE O ASFALTAMENTO NA LINHA HÖRLLE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1647/1647_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1647/1647_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SE PROVIDENCIE A COLOCAÇÃO DE PASSEIO PÚBLICO (CALÇAMENTO) NA ESQUINA DAS RUAS TIA RITA E NELSON DINNEBIER, NO BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1652/1652_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1652/1652_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE MURETA OU PROTEÇÃO ADEQUADA NA RUA PINDORAMA, AO LADO DO NÚMERO 180 NO BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1657/1657_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1657/1657_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE PLACAS DE SINALIZAÇÃO E REALIZAÇÃO DE ALARGAMENTO DA PISTA NO TRECHO LOCALIZADO LOGO APÓS A PONTE, NA LINHA ARROIO FORQUILHA, NESTA CIDADE. </t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1658/1658_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1658/1658_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJAM TOMADAS AS MEDIDAS CABÍVEIS PARA REPARAR O SISTEMA DE ESGOTO LOCALIZADO NA RUA PERNAMBUCO, ESQUINA COM A RUA PIAUÍ, NO BAIRRO DUTRA, NESTA CIDADE. </t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1659/1659_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1659/1659_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE CRIAR UM PROJETO EDUCACIONAL VISANDO À CONSCIENTIZAÇÃO SOBRE O &amp;#8220;LIXO&amp;#8221; NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1665/1665_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1665/1665_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA PRACINHA DE BRINQUEDOS DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PADRE ANCHIETA, LOCALIZADA NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1666/1666_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1666/1666_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO E CONSERTO NA ILUMINAÇÃO PÚBLICA NO TERMINAL RODOVIÁRIO E TURÍSTICO DO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1667/1667_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1667/1667_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DE VALETAS E CANALETAS, NA ESTRADA PRINCIPAL DA LINHA ÁVILA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1668/1668_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1668/1668_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE TACHÕES NA SAÍDA PRINCIPAL DO BAIRRO MOURA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1679/1679_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1679/1679_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O TÉRMINO DA COLOCAÇÃO DO RESTANTE DO TELHADO DE PROTEÇÃO E O REPARO DO SISTEMA DE CALHAS PARA ESCOAMENTO DE ÁGUA DO GINÁSIO DE ESPORTES DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PEDRO ZUCOLOTTO, LOCALIZADA NO BAIRRO TRÊS PINHEIROS, NESTE MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1680/1680_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1680/1680_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS AO LONGO DA ESTRADA DO MORRO REDONDO, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1681/1681_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1681/1681_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO MURO E NAS TELAS DE CERCAMENTO QUE FICAM EM TORNO DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL DELMAR DUTRA, LOCALIZADA NO BAIRRO DUTRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1684/1684_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1684/1684_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO SOLICITAÇÃO PARA QUE SEJA FEITO A REVISÃO NAS PLACAS DE SINALIZAÇÃO DE RUAS DENTRO DO MUNICÍPIO E COLOCAÇÃO NAS ARTÉRIAS QUE NÃO POSSUEM ESTE EQUIPAMENTO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1685/1685_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1685/1685_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA RECOLOCADO A TAMPA QUE PROTEGE A CAIXA DE INSPEÇÃO DA REDE PLUVIAL LOCALIZADO NA ESQUINA DA RUA LEOPOLDO ROSENFELD COM A RUA PIRATINI, NO BAIRRO PLANALTO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1686/1686_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1686/1686_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO SOLICITAÇÃO PARA QUE REVISE A SINALIZAÇÃO NO TRECHO DA RUA DEMÉTRIO PEREIRA DOS SANTOS, NO BAIRRO PLANALTO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1688/1688_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1688/1688_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA RECAPEAMENTO ASFÁLTICO NA RUA GUILHERME DAL RI, BAIRRO PIRATINI, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1690/1690_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1690/1690_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA COMPETENTE QUE PROVIDENCIE O REPARO DA ILUMINAÇÃO PÚBLICA NA RUA COSTA E SILVA, BAIRRO JARDIM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1692/1692_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1692/1692_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REPINTURA DA FAIXA DE SEGURANÇA DA RUA ARTUR REINHEIMER, BAIRRO CARNIEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1693/1693_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1693/1693_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE MEIOS-FIOS NA RUA AUGUSTO TOMAZELI, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1697/1697_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1697/1697_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A PAVIMENTAÇÃO ASFÁLTICA E MELHORIAS NO ESTACIONAMENTO DA CAPELA MORTUÁRIA DA SERRA GRANDE.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1698/1698_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1698/1698_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL QUE A SECRETARIA COMPETENTE ANALISE  BOCAS DE LOBO ENTRE AS RUAS ANGÉLICA PETEFFI COM PERINA LIBARDI NO LOTEAMENTO MAZZURANA.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1702/1702_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1702/1702_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE FAÇA O PRATOLAMENTO E MELHORIAS NA RUA ALFREDO CAPELETTI, LINHA 28.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1705/1705_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1705/1705_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA E O PLANTIO DE FLORES NA RÓTULA PERTENCENTE NA AVENIDA 1° DE MAIO (SÃO LUIS), NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1706/1706_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1706/1706_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA RECAPEAMENTO ASFÁLTICO NA RUA ARTUR REINHEIMER, BAIRRO CARNIEL, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1712/1712_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1712/1712_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO, SEJA PROVIDENCIADO A COLOCAÇÃO DE PLACAS DE IDENTIFICAÇÃO NAS RUAS DO LOTEAMENTO VALE DOS PINHEIRO QUE NÃO ESTÃO IDENTIFICADAS.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1713/1713_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1713/1713_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SE PROVIDENCIE A LIMPEZA DO ARROIO LOCALIZADO NA RUA MARCÍLIO A. CARDOSO, NO BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1716/1716_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1716/1716_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DA SECRETARIA COMPETENTE QUE FAÇA A MANUTENÇÃO DAS PLACAS DE NOMENCLATURA DE RUA LOCALIZADAS AO REDOR DO LAGO NEGRO.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1717/1717_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1717/1717_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE REALIZAR RECAPEAMENTO ASFÁLTICO NA RUA ALEXANDRE RAMA, BAIRRO PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1719/1719_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1719/1719_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O CUMPRIMENTO DA LEI Nº 3596/2017 QUE DISPÕE SOBRE A PRESENÇA DA CULTURA GAÚCHA NOS EVENTOS PÚBLICOS DO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1726/1726_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1726/1726_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SE PROVIDENCIE UMA DRENAGEM NO PÁTIO DA ESCOLA MUNICIPAL MAXIMILIANO HAHN.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1730/1730_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1730/1730_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE FAÇA A SUBSTITUIÇÃO DA LONA DE COBERTURA DA ACADEMIA DA TERCEIRA IDADE LOCALIZADA NA PRAÇA DAS CASTANHEIRAS.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1731/1731_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1731/1731_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE PLACA INDICANDO A ESCOLA DE EDUCAÇÃO INFANTIL NA RUA FAUTISNO RISSI, LOTEAMENTO VILA DO SOL, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1732/1732_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1732/1732_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE REFERENTE AS VAGAS DE ESTACIONAMENTO NA RUA TRAVESSA DO ARTESÃO, NO BAIRRO MOURA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1733/1733_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1733/1733_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A EGR, PROVIDÊNCIAS REFERENTE AO ACUMULO E ÁGUA NA PISTA NA ERS-373, ENTRE A ENTRADA DO LOTEAMENTO MAZZURANA E A EMEI PEQUENOS PASSOS, VÁRZEA GRANDE, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1734/1734_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1734/1734_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO, PROVIDÊNCIAS REFERENTE AO ACUMULO E ÁGUA NA PISTA NA ERS-373, ENTRE A ENTRADA DO LOTEAMENTO MAZZURANA E A EMEI PEQUENOS PASSOS, VÁRZEA GRANDE, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1735/1735_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1735/1735_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REPINTURA DE SINALIZAÇÃO VIÁRIA NA RUA FAUSTINO RISSI, LOTEAMENTO VILA DO SOL, VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1745/1745_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1745/1745_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE ILUMINAÇÃO ELÉTRICA OU DE ENERGIA SOLAR NAS PARADAS DE ÔNIBUS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1746/1746_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1746/1746_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE O ESTUDO PARA INSTALAÇÃO DE UMA ROTATÓRIA NO CRUZAMENTO DA RUA VENERÁVEL COM A RUA VIGILANTE, AO LADO DA ESCOLA MUNICIPAL PRESIDENTE VARGAS NO BAIRRO AVENIDA CENTRAL.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1747/1747_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1747/1747_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA PROIBIÇÃO DO ESTACIONAMENTO EM UM DOS LADOS RUA PONCIANO PACHECO PEIXOTO NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1748/1748_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1748/1748_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA COLOCAÇÃO DE CONTÊINERES DE LIXO NA ESTRADA LINHA ÁVILA BAIXA Nº 1998, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1749/1749_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1749/1749_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO, SEJA PROVIDENCIADO A COLOCAÇÃO DE UMA LOMBO-FAIXA (FAIXA COM ELEVAÇÃO) EM FRENTE AO COLÉGIO CENECISTA, NA RUA SÃO PEDRO, NO BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1751/1751_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1751/1751_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À SECRETARIA DE AGRICULTURA, CONTINUAÇÃO DA INSTALAÇÃO DE REDE DE ÁGUA TRATADA NA REGIÃO DA LINHA ÁVILA ALTA. </t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1752/1752_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1752/1752_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RGE ESTUDO DE VIABILIDADE PARA ESTENDER A REDE TRIFÁSICA NA ESTRADA LINHA ÁVILA ALTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1754/1754_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1754/1754_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO MUNICIPAL ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE UMA FAIXA DE SEGURANÇA NA RUA ORESTES DALLE MOLLE, BAIRRO MOURA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1756/1756_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1756/1756_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PODA NOS ARBUSTOS, NA AV. DAS HORTÊNSIAS, NESTE MUNICÍPIO NA ALTURA DO MIRANTE DO BELVEDERE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1759/1759_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1759/1759_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SE PROVIDENCIE UM TOLDO NA ENTRADA DA EMEI RAIO DE SOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1762/1762_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1762/1762_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA SUBSTITUIÇÃO DE POSTE DE ENERGIA ELÉTRICA, NA RUA ERNESTO VOLK, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1767/1767_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1767/1767_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACA INDICATIVA NA RUA JOÃO FIOREZE, ESQUINA COM A AV. BORGES DE MEDEIROS, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1768/1768_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1768/1768_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE BRITA NA RUA ALMERINDO TOMAZI, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1771/1771_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1771/1771_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO PEDIDO, PARA QUE SEJA REVISADO O ESTACIONAMENTO DE VEÍCULOS NA RUA PIAUÍ, NO BAIRRO DUTRA, ONDE A ATUAL LIBERAÇÃO DE AMBOS OS LADOS CRIA DIFICULDADES PARA PASSAGEM DE VEÍCULOS MAIORES, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1774/1774_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1774/1774_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA SUBSTITUIÇÃO DE POSTES DE ENERGIA ELÉTRICA, NA RUA DA IGREJA, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1775/1775_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1775/1775_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÕES NA RUA TRAVESSA ESCOCES, NO BAIRRO AV. CENTRAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1776/1776_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1776/1776_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO E LIMPEZA DO TELHADO DA RUA COBERTA, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1778/1778_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1778/1778_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE PROVIDENCIE A DESOBSTRUÇÃO DAS BOCAS DE LOBO LOCALIZADAS NA RUA EMILIO LEOBET, Nº 1887, BAIRRO AVENIDA CENTRAL.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>SOLICITO O REPARO DA TAMPA DA CAIXA DE VISTORIA DA REDE PLUVIAL NA RUA TRISTÃO DE OLIVEIRA, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1784/1784_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1784/1784_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA ASFALTAMENTO, NA RUA CLAUDILTE GENOVEVA TISOTT, SITUADA NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>Dr. Ubiratã, Birinha Moura, Luia Barbacovi, Manu , Rafael Ronsoni, Volnei da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1786/1786_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1786/1786_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM AÇÕES NO BAIRRO PRINSTROP, LOCALIZADO NESTA CIDADE.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1788/1788_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1788/1788_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO SOLICITAÇÃO PARA QUE SEJA  FEITO ASFALTAMENTO NA LOCALIDADE DO MORRO AGUDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1790/1790_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1790/1790_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL, PROVIDÊNCIAS REFERENTES A UM BURACO NA RUA EUGÊNIO BENETI, EM FRENTE AO Nº 9 (NOVE), LOCALIZADA NO BAIRRO CASAGRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1797/1797_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1797/1797_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SE PROVIDENCIE A INSTALAÇÃO DE UMA NOVA LUMINÁRIA, NAS PROXIMIDADES DA CRECHE (OBRA PARALISADA), NA RUA FARRAPOS, NO BAIRRO PIRATINI, NESTE MUNCÍPIO.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1793/1793_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1793/1793_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO NA RUA ANTÔNIO BENETTI SOBRINHO, NO BAIRRO MATO QUEIMADO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1800/1800_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1800/1800_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE AMPLIAR O TRABALHO DE DIVULGAÇÃO DOS PROJETOS SOCIAIS RELACIONADOS AO ESPORTE, EM GRAMADO.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1804/1804_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1804/1804_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA IRINEU MASOTI, NA LINHA BONITA DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1807/1807_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1807/1807_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL FAIXA DE SEGURANÇA E TACHÕES EM FRENTE À ESCOLA NOSSA SENHORA DA POMPÉIA E EMEI SERRA ENCANTADA LOCALIZADAS NA SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1809/1809_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1809/1809_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A COLOCAÇÃO DE TACHÕES E PINTURA DE FAIXA DE SEGURANÇA NO LOTEAMENTO MAZZURANA, ENTRE AS RUAS ANGÉLICA PETEFFI COM PERINA LIBARDI, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1810/1810_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1810/1810_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CONSERTO DO CORRIMÃO DA ESCADARIA DA RUA ADELINO, LOTEAMENTO VILA DO SOL, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1811/1811_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1811/1811_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À AMPLIAÇÃO DA ILUMINAÇÃO PÚBLICA NA PRAÇA WALDOMIRO RISSI, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1812/1812_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1812/1812_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO NA ILUMINAÇÃO PÚBLICA NA AV. 1° DE MAIO, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1813/1813_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1813/1813_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA COLOCAÇÃO DE CONTÊINER DE LIXO NA RUA ADELINO MOSCHEN, LOTEAMENTO VILA DO SOL, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1825/1825_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1825/1825_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM BUEIRO E PATROLAMENTO DE ESTRADA, LOCALIZADA NA LINHA SCHNEIDER, SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1826/1826_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1826/1826_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL O PATROLAMENTO DA ESTRADA LINHA DO MORRO AGUDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1827/1827_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1827/1827_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM BUEIRO NA LINHA HÖRLLE PRÓXIMO AO NÚMERO 2.450, LOCALIZADA NA SERRA GRANDE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1832/1832_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1832/1832_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE PROMOVA MELHORIAS NA RÓTULA LOCALIZADA NA AVENIDA DAS HORTÊNSIAS, EM FRENTE AO HOTEL ALPESTRE.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1842/1842_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1842/1842_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ESTE ATRAVÉS DA SECRETARIA DE OBRAS REALIZE MANUTENÇÕES NA RUA EMILIO LEOBET, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1846/1846_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1846/1846_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO NA ILUMINAÇÃO PÚBLICA NA RUA PONCIANO PEIXOTO PACHECO, LOTEAMENTO VILA DO SOL, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1847/1847_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1847/1847_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA COLOCAÇÃO DE CONTAINER DE LIXO NA RS-373, NA ALTURA DO LOTEAMENTO MAZZURANA, BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1851/ped._prov._calcamento_rua_tristao_de_oliveira..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1851/ped._prov._calcamento_rua_tristao_de_oliveira..docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O CALÇAMENTO DO PASSEIO PÚBLICO NA RUA TRISTÃO DE OLIVEIRA, ENTRE OS NÚMEROS 677 E 747 NO BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1854/providencia_revisao_na_rede_de_esgosto_rua_do_contorno.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1854/providencia_revisao_na_rede_de_esgosto_rua_do_contorno.docx</t>
   </si>
   <si>
     <t>Solicita para que seja feito revisão na rede de esgoto da Rua do Contorno, no Bairro Jardim, deste Município.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1855/pedido_de_providencias_-_ampliar_gramado_colonia.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1855/pedido_de_providencias_-_ampliar_gramado_colonia.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que dê ênfase a aproximação entre agricultores, hotéis, restaurantes e similares.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1856/asfalto_no_celita.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1856/asfalto_no_celita.docx</t>
   </si>
   <si>
     <t>Solicita manutenção do asfalto em frente o abrigo da parada do ônibus na ERS – 373, na altura do Loteamento Celita, no Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1857/banco_no_deck.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1857/banco_no_deck.docx</t>
   </si>
   <si>
     <t>Solicita manutenções nos bancos do deck, na Av. do Trabalhador, próximo a Sub Prefeitura, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1858/corrimao_rissul.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1858/corrimao_rissul.docx</t>
   </si>
   <si>
     <t>Solicita manutenção no corrimão na Av. Borges de Medeiros, em frente ao Supermercado Rissul, no Centro, neste município.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1859/corrimao_rissul.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1859/corrimao_rissul.docx</t>
   </si>
   <si>
     <t>Solicita manutenções e limpeza nas bocas de lobo na Rua Mirante do Vale, no Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1860/faixas_floresta.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1860/faixas_floresta.docx</t>
   </si>
   <si>
     <t>Solicita a repintura de sinalização viária nas Ruas Ernesto Volk e Maria Oliveira, Bairro Floresta, neste município.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1861/iluminacao_irineu_tomazelli.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1861/iluminacao_irineu_tomazelli.docx</t>
   </si>
   <si>
     <t>Solicita revisão na iluminação pública na Rua Irineu Tomazelli, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1862/operacao_tapa_buracos_na_rua_pingo_de_ouro..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1862/operacao_tapa_buracos_na_rua_pingo_de_ouro..docx</t>
   </si>
   <si>
     <t>Solicita operação tapa buracos na Rua Pingo de Ouro, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1863/parada.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1863/parada.docx</t>
   </si>
   <si>
     <t>Solicita estudo de viabilidade para ampliação do abrigo da parada de ônibus em frente à Escola Estadual de Ensino Médio Caramuru, na Av. 1° de maio, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1865/placa_linha_horlle.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1865/placa_linha_horlle.docx</t>
   </si>
   <si>
     <t>Solicita colocação de placa com nomenclatura de rua na Estrada Hörlle, Serra Grande, neste município.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1867/reparo_iluminacao.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1867/reparo_iluminacao.docx</t>
   </si>
   <si>
     <t>Solicita revisão na iluminação pública nas Ruas Alecrim e Boca de Leão, Altos da Viação Férrea, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1868/quebra_molas_na_di_solle.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1868/quebra_molas_na_di_solle.docx</t>
   </si>
   <si>
     <t>Solicita pintura de sinalização viária na Rua José Bergamo Filho, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1869/reitera_da_farrapos.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1869/reitera_da_farrapos.docx</t>
   </si>
   <si>
     <t>Reitera pedido de providências solicitando redutor de velocidade na Rua Farrapos, Bairro Piratini, neste município.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1873/pedido_de_providencias_-_rge_iluminacao_linha__kpJQPbo.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1873/pedido_de_providencias_-_rge_iluminacao_linha__kpJQPbo.docx</t>
   </si>
   <si>
     <t>Solicita à RGE – RIO GRANDE ENERGIA, pedido de providências, requerendo instalação de iluminação pública na via da Linha Avila Alta.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1875/pedido_de_providencias_-_calcadas_bairro_moura.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1875/pedido_de_providencias_-_calcadas_bairro_moura.docx</t>
   </si>
   <si>
     <t>Solicita estudo de viabilidade para construção de passeio público “calçada” na Rua São Paulo, bairro Moura, neste município.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1878/pedido_de_providencias_-_cestos_para_coleta_de_N1UzXLu.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1878/pedido_de_providencias_-_cestos_para_coleta_de_N1UzXLu.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que estude a viabilidade de instalação de bocas de lobo inteligente, em Gramado.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1882/1680_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1882/1680_texto_integral.docx</t>
   </si>
   <si>
     <t>Solicita melhorias ao longo da Estrada da Lajeana, localizada neste município.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1883/pedido_de_providencias_-_redutor_de_velocidade_b9Ujavp.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1883/pedido_de_providencias_-_redutor_de_velocidade_b9Ujavp.docx</t>
   </si>
   <si>
     <t>Solicita estudo de viabilidade para implantação de um redutor de velocidade na Rua Bernardo Bonato, no Vale das Colinas, deste Município.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1884/providencia_melhorias_rua_eugenio_benetti.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1884/providencia_melhorias_rua_eugenio_benetti.docx</t>
   </si>
   <si>
     <t>Solicita para que seja feito melhorias na Rua Eugênio Beneti, no Bairro Casagrande, deste Município.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1885/containers.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1885/containers.docx</t>
   </si>
   <si>
     <t>Solicita a realização de levantamento sobre a situação em que se encontram os containers de lixo disponibilizados na cidade, do mesmo modo que efetue a manutenção dos mesmos e sua devida reposição, caso necessário.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1886/troca_lampada.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1886/troca_lampada.docx</t>
   </si>
   <si>
     <t>Solicita a troca de lâmpadas de iluminação pública queimadas localizadas na Rua Ijuí, em frente ao nº 157, nesta cidade.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1887/redutor_de_velocidade.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1887/redutor_de_velocidade.docx</t>
   </si>
   <si>
     <t>Solicita estudo de viabilidade para a colocação de dispositivo redutor de velocidade na Rua Serafim Benete, próximo ao nº 1180, nesta cidade.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1890/prov_estrada_caracol.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1890/prov_estrada_caracol.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal o recolhimento de lixo e limpeza nas margens da Estrada Parque dos Pinheiros – para o Caracol, neste município.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1894/prov_elevador_postao.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1894/prov_elevador_postao.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que seja feita manutenções no elevador e colocação de placas informando onde o referido se encontra na Secretaria de Saúde (Postão), neste município.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1895/prov_ilu_tristao.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1895/prov_ilu_tristao.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a manutenção da iluminação pública na Rua Tristão de Oliveira, na altura do n° 887, Bairro Floresta, neste município.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1901/sapl.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1901/sapl.docx</t>
   </si>
   <si>
     <t>Solicita estudo de viabilidade para implantar controladores de velocidade na Rua Vigilante, neste Município.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1910/pedido_de_providencias_-_praca_waldomiro.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1910/pedido_de_providencias_-_praca_waldomiro.docx</t>
   </si>
   <si>
     <t>Solicita limpeza e jardinagem na Praça Waldomiro Rissi, situada no bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1919/pedido_de_providencias_-_lampadas_queimada_rua_kHpqBqW.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1919/pedido_de_providencias_-_lampadas_queimada_rua_kHpqBqW.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a substituição de lâmpadas de iluminação pública queimadas na Rua Miguel Tissot, neste município.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1920/pedido_de_providencias_repor_poste_de_sinaliza_sFTZV9o.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1920/pedido_de_providencias_repor_poste_de_sinaliza_sFTZV9o.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, que seja reposto o poste de sinalização na Rua Garibaldi, próximo ao Hotel Serra Azul, no bairro Centro, neste município.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1922/pedido_bairro_casagrande_revitalizacao_da_praca.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1922/pedido_bairro_casagrande_revitalizacao_da_praca.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a revitalização da praça localizada ao lado da Escola Henrique Bertoluci sobrinho, no Bairro Casagrande, neste município.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1923/pedido_de_providencias_desratizacao.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1923/pedido_de_providencias_desratizacao.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, a desratização ao longo do arroio que atravessa o bairro Piratini, neste Município.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1934/emei_linha_araripe2.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1934/emei_linha_araripe2.docx</t>
   </si>
   <si>
     <t>Solicita que seja realizado estudo de viabilidade para a construção de uma EMEI na Linha Araripe, neste Município.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1945/rua_adelino_moschen_vila_do_sol.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1945/rua_adelino_moschen_vila_do_sol.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal o recapeamento asfáltico na Rua Adelino Moschen, Loteamento Vila do Sol, Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1946/recapeamento_rua_germano_munareto.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1946/recapeamento_rua_germano_munareto.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal o recapeamento asfáltico na Rua Germano Munareto, no Bairro Piratini, neste município.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1948/arbustos.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1948/arbustos.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal poda nas Hortênsias, na Av. das Hortênsias, no Centro, na altura do Belvedere, neste município.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1950/boca_de_lobo_radio.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1950/boca_de_lobo_radio.docx</t>
   </si>
   <si>
     <t>solicita manutenções e limpeza na boca de lobo da Rua Rádio Floresta, n°500, Altos da Viação Férrea, Bairro Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1952/pedido_de_providencias_reitero_container_de_li_zHOl72R.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1952/pedido_de_providencias_reitero_container_de_li_zHOl72R.docx</t>
   </si>
   <si>
     <t>Reitero Pedido, onde solicito ao Poder Executivo Municipal que seja feita a disponibilização de contêiner de lixo na Rua Senador Salgado Filho, neste município.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1959/pedido_de_providencias_modelo_novo_-_melhorias_py3EnTO.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1959/pedido_de_providencias_modelo_novo_-_melhorias_py3EnTO.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que seja feito melhorias na Rua Acácia Negra, bairro Avenida Central.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2001/corrimao_deck_varzea.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2001/corrimao_deck_varzea.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal o conserto no corrimão do deck do acesso principal da Várzea Grande, neste município.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2003/flores_no_lago.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2003/flores_no_lago.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a limpeza e o plantio de flores nos canteiros do Parque Lago Negro, neste município.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2110/pedido_providencias_corsan.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2110/pedido_providencias_corsan.docx</t>
   </si>
   <si>
     <t>solicita providencias sobre a CORSAN no Município de Gramado</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2111/pedido_de_providencias_conselho_tutelar.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2111/pedido_de_providencias_conselho_tutelar.docx</t>
   </si>
   <si>
     <t>Solicita estudo de viabilidade para melhorar as estruturas do Conselho Tutelar neste Munícipio.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2113/ped._prov._estacionamento_rotativo_santos_dumont..docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2113/ped._prov._estacionamento_rotativo_santos_dumont..docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal através da secretaria competente estudo de viabilidade para implantação de estacionamento rotativo nos finais de semana e feriados em frente à Escola Estadual Santos Dumont.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2127/pedido_de_providencias_egr.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2127/pedido_de_providencias_egr.docx</t>
   </si>
   <si>
     <t>Solicita Providências na ERS 115 que liga Gramado a Nova Petrópolis.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2131/solicita_estudo_de_viabilidade_de_fazer_audien_UwcTgVV.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2131/solicita_estudo_de_viabilidade_de_fazer_audien_UwcTgVV.docx</t>
   </si>
   <si>
     <t>Solicita estudo de viabilidade de realizar Audiência Pública para tratar da obra Rua Miguel Tissot, com a comunidade do Bairro Três Pinheiros e da Várzea Grande.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2134/reitera_pedido_lombo_faixa_escola_santos_dumont.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2134/reitera_pedido_lombo_faixa_escola_santos_dumont.docx</t>
   </si>
   <si>
     <t>Reitera pedido de providências aonde solicita que seja providenciado a colocação de uma lombo-faixa (faixa com elevação), em frente a escola Cenecista ou Santos Dumont, neste município.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2135/reitera_pedido_segregadores.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2135/reitera_pedido_segregadores.docx</t>
   </si>
   <si>
     <t>Reitera pedido de providências aonde solicita que o executivo municipal providencie a implantação de um novo sistema de segregadores para canalização do refúgio da saída da Rua Prefeito Nelson Dinnebier com a avenida das Hortênsias, neste município.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2136/pedido_corsanpoco_linha_horlle.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2136/pedido_corsanpoco_linha_horlle.docx</t>
   </si>
   <si>
     <t>Solicita a Corsan a manutenção das estruturas do Poço da Linha Hörlle, neste município.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2145/pedido_de_providencias__-__iluminacao_idalina_swaizer.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2145/pedido_de_providencias__-__iluminacao_idalina_swaizer.docx</t>
   </si>
   <si>
     <t>Solicita para que este através da secretaria competente providencie a implantação de iluminação pública na Rua Idalina Swaizer, neste município.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2146/pedido_de_providencias__-__asfaltamento_rua_jo_G4OWlKy.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2146/pedido_de_providencias__-__asfaltamento_rua_jo_G4OWlKy.docx</t>
   </si>
   <si>
     <t>Solicita para que este através da secretaria competente providencie asfaltamento na Rua José Marcio de Castro, Bairro Pórtico I, neste município.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2151/iluminacao.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2151/iluminacao.docx</t>
   </si>
   <si>
     <t>Solicita revisão na iluminação pública na Estrada para a Serra Grande, no Bairro Várzea Grande e Serra Grande, neste município.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2153/ped_prov_rua_pedro_carlos_franzen.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2153/ped_prov_rua_pedro_carlos_franzen.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal o recapeamento asfáltico na Rua Pedro Carlos Franzen, no Bairro Villagio, neste município.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA ACOMPANHAR AS DATAS ESPECIFICADAS DO CALENDÁRIO OFICIAL, PARA O EXERCÍCIO DE 2018, QUE DEFINEM FERIADOS E PONTOS FACULTATIVOS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1377/1377_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1377/1377_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O DECRETO 001/2018, QUE ACOMPANHOU DATAS DO CALENDÁRIO OFICIAL PARA O EXERCÍCIO DE 2018, DEFININDO FERIADOS E PONTOS FACULTATIVOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE VISITANTE ILUSTRE DA CIDADE DE GRAMADO-RS. </t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1694/1694_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1694/1694_texto_integral.docx</t>
   </si>
   <si>
     <t>ACRESCE ART. 47-A AO DECRETO DO LEGISLATIVO Nº DL-002/2011, QUE ESTABELECE REGULAMENTO DE CONCURSO PÚBLICO NA CÂMARA DE VEREADORES DE GRAMADO.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1718/1718_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1718/1718_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA HÓSPEDE OFICIAL DA CÂMARA MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1740/1740_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1740/1740_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA HÓSPEDE OFICIAL DA CÂMARA MUNICIPAL DE GRAMADO. </t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1741/1741_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1741/1741_texto_integral.docx</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1742/1742_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1742/1742_texto_integral.docx</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1743/1743_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1743/1743_texto_integral.docx</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1904/projeto_de_decreto_legislativo_10_-_2018.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1904/projeto_de_decreto_legislativo_10_-_2018.docx</t>
   </si>
   <si>
     <t>INSTITUI COMPENSAÇÃO DE HORAS DOS SERVIDORES DO LEGISLATIVO</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO MUNICIPAL DE LIMPEZA URBANA E DÁ OUTRAS PROVIDÊNCIAS. JUNTAMENTE COM MENSAGEM.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1376/1376_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1376/1376_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE GRAMADO</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI A FICHA LIMPA MUNICIPAL NA NOMEAÇÃO DE SERVIDORES A CARGOS COMISSIONADOS OU DESIGNAÇÃO DE FUNÇÕES GRATIFICADAS NO ÂMBITO DA ADMINISTRAÇÃO DIRETA, AUTÁRQUICA E FUNDACIONAL DO PODER EXECUTIVO E DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE O CERTIFICADO DE MULHER CIDADÃ À SRA. NELCY RISSI.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1155/1155_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1155/1155_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI NOMENCLATURA DE RUA.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO INGRESSO OU PERMANÊNCIA DE PESSOAS UTILIZANDO CAPACETE OU COBERTURA QUE OCULTE A FACE OU IMPEÇA SUA IDENTIFICAÇÃO EM QUALQUER ESTABELECIMENTO PÚBLICO OU PRIVADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 2394, DE 29 DE NOVEMBRO DE 2005.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL 2.779, DE 30 DE SETEMBRO DE 2009, QUE &amp;#8220;CRIA A SEMANA LEGISLATIVA DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1211/1211_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1211/1211_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE O CERTIFICADO DE MULHER CIDADÃ À SENHORA MARISTELA TOMAZELI.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE MULHER CIDADÃ A SRA. MARLENE PRAWER PECCIN </t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL 3.617, DE 15 DE JANEIRO DE 2018, QUE &amp;#8220;CRIA O CARGO DE DIRETOR DA ESCOLA DO LEGISLATIVO DE GRAMADO&amp;#8221;.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL 1.814, DE 14 DE JUNHO DE 2001, QUE &amp;#8220;INSTITUI O CERTIFICADO DE MULHER CIDADÃ&amp;#8221;.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O ART. 3º DA LEI Nº 1376, DE 12 DE DEZEMBRO DE 1995, QUE "CRIA NO MUNICÍPIO DE GRAMADO CONCURSOS DE JARDINS E FACHADAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MULHER CIDADÃ A SRA. SUSANA MARIA REBELATTO FOSS.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE-SE HOMENAGEM À SR. PAULO ROBERTO ALVES DA SILVA &amp;#8220;PAULINHO MIXARIA&amp;#8221;, ATRAVÉS DA ENTREGA DO TROFÉU &amp;#8220;MÉRITO GRAMADO</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI NOMENCLATURA DE RUA</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1357/1357_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1357/1357_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE HOMENAGEM AO SR. LEONID STRELIAEV, ATRAVÉS DA ENTREGA DO TROFÉU "MÉRITO GRAMADO". </t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1358/1358_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1358/1358_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRA A PROIBIÇÃO DE INAUGURAÇÃO DE OBRAS PÚBLICAS NÃO FINALIZADAS, OU QUE EMBORA ESTEJAM, NÃO APRESENTEM CONDIÇÕES PARA ATENDER OS FINS QUE ELAS SE DESTINAM, OU AINDA, NÃO PODENDO ENTRAR EM FUNCIONAMENTO IMEDIATO.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1464/1464_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1464/1464_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NOMENCLATURA DE RUA._x000D_
 </t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1610/1610_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1610/1610_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE-SE HOMENAGEM AO ÓRBIS CLUBE DE GRAMADO ATRAVÉS DA ENTREGA DO TROFÉU "MÉRITO GRAMADO". </t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1611/1611_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1611/1611_texto_integral.docx</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1621/1621_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1621/1621_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIREITO AO ALEITAMENTO MATERNO NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1682/1682_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1682/1682_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA O "TROFÉU MARÍLIA DAROS"</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1808/1808_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1808/1808_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA O SISTEMA DE REUSO DE ÁGUA DE CHUVA NO MUNICÍPIO DE GRAMADO, PARA UTILIZAÇÃO NÃO POTÁVEL EM CONDOMÍNIOS, CLUBES, ENTIDADES, CONJUNTOS HABITACIONAIS E DEMAIS IMÓVEIS RESIDENCIAIS, INDUSTRIAIS, COMERCIAIS E PRÉDIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1831/1831_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1831/1831_texto_integral.docx</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1848/pll_xxx._2018_-_mesa_diretora_-_contrato_tempor_rttJbIJ.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1848/pll_xxx._2018_-_mesa_diretora_-_contrato_tempor_rttJbIJ.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE GRAMADO A REALIZAR CONTRATAÇÃO TEMPORÁRIA POR EXCEPCIONAL INTERESSE PÚBLICO, PARA O CARGO DE PROCURADOR, POR PRAZO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1852/institui_nomenclatura_de_rua_-rua_querino_ary_candiago.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1852/institui_nomenclatura_de_rua_-rua_querino_ary_candiago.docx</t>
   </si>
   <si>
     <t>Altera o Art. 1º da Lei Municipal nº 1617/98</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1853/institui_nomenclatura_de_rua_-rua_alexandre_rama.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1853/institui_nomenclatura_de_rua_-rua_alexandre_rama.docx</t>
   </si>
   <si>
     <t>Altera o Art. 1º da Lei Municipal 2698/2008 que Institui Nomenclatura de Rua.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1870/projeto_de_lei_walter_bertolucci.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1870/projeto_de_lei_walter_bertolucci.docx</t>
   </si>
   <si>
     <t>Institui nomenclatura de logradouro público.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1889/projeto_de_lei_-_canudos_plasticos.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1889/projeto_de_lei_-_canudos_plasticos.docx</t>
   </si>
   <si>
     <t>Os restaurantes, lanchonetes, bares e estabelecimentos similares que manipulam alimentos e bebidas em geral, ficam obrigados a fornecer canudos biodegradáveis devidamente embalados de forma individualizada e hermética.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1915/projeto_de_lei_altera_nome_ruya_reinaldo_bacchi.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1915/projeto_de_lei_altera_nome_ruya_reinaldo_bacchi.docx</t>
   </si>
   <si>
     <t>Altera redação do Art. 1º da Lei Municipal nº 1.265 de 01 de julho de 1994, para corrigir a redação do nome da rua.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1944/projeto_de_lei_romeu_dutra.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1944/projeto_de_lei_romeu_dutra.docx</t>
   </si>
   <si>
     <t>Concede-se homenagem ao Sr. João Romeu Dutra, através da entrega do Troféu "Mérito Gramado".</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1966/projeto_de_lei_-_uniformes_nas_escolas.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1966/projeto_de_lei_-_uniformes_nas_escolas.docx</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade do uso do uniforme escolar na rede pública municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2108/projeto_de_lei_professor_destaque_legislativo.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2108/projeto_de_lei_professor_destaque_legislativo.docx</t>
   </si>
   <si>
     <t>Cria o Troféu "Professor Destaque Legislativo", no município de Gramado</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2115/projeto_de_lei_-_uniformes_nas_escolas.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2115/projeto_de_lei_-_uniformes_nas_escolas.docx</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>Rafael Ronsoni, Vera Simão</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2126/projeto_de_lei-_fogos_de_artificio.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2126/projeto_de_lei-_fogos_de_artificio.docx</t>
   </si>
   <si>
     <t>Proíbe a utilização de artefatos pirotécnicos que utilizem pólvora, como fogos de artifício, sinalizadores e congêneres, nos eventos fechados e abertos geradores de público no âmbito do Município de Gramado.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2147/institui_nomenclatura_de_rua_gerhard_rudolf_kleine.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2147/institui_nomenclatura_de_rua_gerhard_rudolf_kleine.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei N° 610, de 09 de junho de 1980, que denomina nomenclatura de diversas ruas em Loteamentos de Gramado.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI 2.914, DE 06 DE MAIO DE 2011, QUE DISPÕE SOBRE A IMPLANTAÇÃO DO PLANO DE CARREIRA, ESTABELECE O QUADRO DE CARGOS, VENCIMENTO E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 3.588, DE 30 DE OUTUBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
@@ -10291,731 +10291,731 @@
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GRAMADO A CONCEDER ÍNDICE PARA REVISÃO GERAL ANUAL AOS SERVIDORES DO PODER EXECUTIVO E LEGISLATIVO E DA AUTARQUIA MUNICIPAL DE TURISMO - GRAMADOTUR, EM CONFORMIDADE COM A LEI Nº 1.909, DE 19 DE MARÇO DE 2002, E A LEI Nº 3.490, DE 26 DE JUNHO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DO MUNICÍPIO DE GRAMADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ GRAMADENSE.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.920, DE 24 DE MAIO DE 2011 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1438/1438_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1438/1438_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE OS CRITÉRIOS, PRAZOS E PROCEDIMENTOS PARA TRAMITAÇÃO DOS PROCESSOS DE LICENCIAMENTO AMBIENTAL, NO ÂMBITO DO MUNICÍPIO DE GRAMADO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1450/1450_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1450/1450_texto_integral.odt</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REMISSÃO DE DÍVIDA TRIBUTÁRIA REFERENTE AO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA - IPTU DOS CENTROS DE FEIRAS E EVENTOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1452/1452_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1452/1452_texto_integral.odt</t>
   </si>
   <si>
     <t>O EXECUTIVO MUNICIPAL FICA AUTORIZADO A PROCEDER NA ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO CORRENTE, DECORRENTE DE REDUÇÃO ORÇAMENTÁRIA, ALTERANDO O PPA E A LDO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1471/1471_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1471/1471_texto_integral.odt</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3.490, DE 22 DE JUNHO DE 2016, QUE INSTITUI O NOVO PLANO DE CARGOS E O SISTEMA DE REMUNERAÇÃO DOS SERVIDORES DA AUTARQUIA MUNICIPAL DE TURISMO DE GRAMADO - GRAMADOTUR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA MUNICIPAL DE PARCERIAS PÚBLICO-PRIVADAS DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS. PEDIDO DE VISTAS. </t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1493/1493_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1493/1493_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O SERVIÇO DE TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS NO MUNICÍPIO DE GRAMADO. _x000D_
 JUNTAMENTE COM MENSAGEM RETIFICATIVA. </t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>O PODER EXECUTIVO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM A LIGA FEMININA DE COMBATE AO CÂNCER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1512/1512_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1512/1512_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI NOMENCLATURA DE ESTRADA NO MUNICÍPIO DE GRAMADO</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O MOVIMENTO COMUNITÁRIO DE COMBATE A VIOLÊNCIA - MOCOVI.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1549/1549_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1549/1549_texto_integral.odt</t>
   </si>
   <si>
     <t>O PODER EXECUTIVO FICA AUTORIZADO A REALIZAR A CONCESSÃO ONEROSA DE ESPAÇO PÚBLICO DE BEM IMÓVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GRAMADO A REALIZAR A CONTRATAÇÃO DE FISCAL DE POSTURAS, EM CARÁTER EMERGENCIAL, NO PRAZO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1551/1551_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1551/1551_texto_integral.odt</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 2.914, DE 06 DE MAIO DE 2011, QUE DISPÕE SOBRE A IMPLANTAÇÃO DO PLANO DE CARREIRA, ESTABELECE O QUADRO DE CARGOS, VENCIMENTOS E FUNÇÕES PÚBLICAS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>O EXECUTIVO MUNICIPAL FICA AUTORIZADO A RECEBER DOAÇÃO DE MATERIAIS E MÃO DE OBRA PARA EXECUÇÃO DE OBRAS DE TERRAPLANAGEM, PAVIMENTAÇÃO, DRENAGEM E SINALIZAÇÃO PARA IMPLANTAÇÃO DE PAVIMENTAÇÃO DA ESTRADA MUNICIPAL DA LINHA ÁVILA. JUNTAMENTE COM MENSAGEM.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1607/1607_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1607/1607_texto_integral.odt</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DO ART. 5º DA LEI 2.912, DE 06 DE MAIO DE 2011, QUE DISPÕE SOBRE O REGIME JURÍDICO ÚNICO DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS. JUNTAMENTE COM MENSAGEM. PEDIDO DE VISTAS.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>O EXECUTIVO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM A LIGA FEMININA DE COMBATE AO CÂNCER DE GRAMADO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GRAMADO A DESAFETAR E PERMUTAR ÁREA DE TERRAS DE SUA PROPRIEDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O CENTRO DE REABILITAÇÃO EMANUEL REGIÃO DAS HORTÊNSIAS - CRERH, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1649/1649_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1649/1649_texto_integral.odt</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.526, DE 26 DE DEZEMBRO DE 2016, A QUAL DISPÕE SOBRE CRITÉRIOS PARA HIERARQUIZAÇÃO DE TERRENOS POPULARES NO LOTEAMENTO CARAZAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1661/1661_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1661/1661_texto_integral.odt</t>
   </si>
   <si>
     <t>O EXECUTIVO MUNICIPAL FICA AUTORIZADO A REALIZAR A CONCESSÃO DE USO DE BEM IMÓVEL, E DÁ OUTRAS PROVIDÊNCIAS. COM MENSAGEM. PEDIDO DE VISTAS.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 2.913, DE 06 DE MAIO DE 2011, QUE DISPÕE SOBRE O PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 2.914, DE 06 DE MAIO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PREFEITO MUNICIPAL DE GRAMADO A AUSENTAR-SE DO PAÍS. </t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM A COMUNIDADE TERAPÊUTICA VALE A PENA VIVER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DE 2019.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1727/1727_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1727/1727_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR ABERTURA DE CRÉDITO SUPLEMENTAR ESPECIAL NA LEI 3.606, DE 11 DE DEZEMBRO DE 2017, COM A DEVIDA REDUÇÃO ORÇAMENTÁRIA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO DE GRAMADO A CONTRIBUIR FINANCEIRAMENTE COM ORGANIZAÇÕES DA SOCIEDADE CIVIL SEM FINS LUCRATIVOS E DÁ OUTRAS PROVIDÊNCIAS.JUNTAMENTE COM MENSAGEM. </t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1729/1729_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1729/1729_texto_integral.odt</t>
   </si>
   <si>
     <t>INSTITUI A OPERAÇÃO URBANA CONSORCIADA PARQUE DAS ORQUÍDEAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR EMPRÉSTIMO PARA A ASSOCIAÇÃO FRANCISCANA DE ASSISTÊNCIA A SAÚDE - HOSPITAL ARCANJO SÃO MIGUEL - SOB INTERVENÇÃO ADMINISTRATIVA CONFORME DECRETO MUNICIPAL 023/2018, ATÉ O LIMITE DE R$ 6.000.000.00 (SEIS MILHÕES DE REAIS).</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O CLUBE TERCEIRA IDADE DE GRAMADO - GERAÇÃO AZALÉIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>O MUNICÍPIO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O LAR DE IDOSOS MARIA DE NAZARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1828/1828_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1828/1828_texto_integral.odt</t>
   </si>
   <si>
     <t>O EXECUTIVO MUNICIPAL FICA AUTORIZADO A REALIZAR CONCESSÃO DE USO DE BEM IMÓVEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1833/51.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1833/51.doc</t>
   </si>
   <si>
     <t>O MUNICÍPIO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM A ASSOCIAÇÃO EVANGÉLICA LUTERANA DE BENEFICÊNCIA - INSTITUTO SANTÍSSIMA TRINDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1834/52.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1834/52.docx</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1835/53.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1835/53.docx</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1837/54.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1837/54.docx</t>
   </si>
   <si>
     <t>O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM A ASSOCIAÇÃO DE ASSISTÊNCIA E CARIDADE DE GRAMADO - DAMAS DE CARIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1838/55.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1838/55.docx</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1871/projeto_de_lei_xxx.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1871/projeto_de_lei_xxx.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 2.812, de 11 de fevereiro de 2010, que autoriza o Poder Executivo Municipal a conceder permissão de uso de bem imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1872/projeto_xxx.18_-_autoriza_o_municipio_de_gramad_lFkKfMm.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1872/projeto_xxx.18_-_autoriza_o_municipio_de_gramad_lFkKfMm.doc</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de subvenção social à Mitra Diocese de Novo Hamburgo – PAMA, e dá outras providências.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1907/loa.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1907/loa.docx</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1921/projeto_xxx.18_-_regularizacao_edificacoes_rural.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1921/projeto_xxx.18_-_regularizacao_edificacoes_rural.odt</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE EDIFICAÇÕES DESTINADAS EXCLUSIVAMENTE ÀS AGROINDÚSTRIAS NA ZONA RURAL DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1933/projeto_xxx.18_-_institui_a_tcfa.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1933/projeto_xxx.18_-_institui_a_tcfa.odt</t>
   </si>
   <si>
     <t>INSTITUI O CADASTRO TÉCNICO MUNICIPAL DE ATIVIDADES POTENCIALMENTE POLUIDORAS OU UTILIZADORAS DE RECURSOS AMBIENTAIS, E CRIA A TAXA DE CONTROLE E FISCALIZAÇÃO AMBIENTAL MUNICIPAL, DE ACORDO COM A LEI FEDERAL 6.938/81 E ALTERAÇÕES, E DÁ OUTRAS PROVIDÊNCIAS. JUNTAMENTE COM MENSAGEM.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1937/projeto_xxx.18_-_apae_recurso_do_fmca.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1937/projeto_xxx.18_-_apae_recurso_do_fmca.doc</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1938/projeto_xxx.18_-_pama_-_recurso_do_fmca.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1938/projeto_xxx.18_-_pama_-_recurso_do_fmca.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE SUBVENÇÃO SOCIAL À MITRA DIOCESE DE NOVO HAMBURGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1939/projeto_xxx.18_-_centro_de_reabilitacao_emanuel_B8FNbia.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1939/projeto_xxx.18_-_centro_de_reabilitacao_emanuel_B8FNbia.doc</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1940/projeto_xxx.18_-_movimento_comunitario_de_comba_T8tRu7I.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1940/projeto_xxx.18_-_movimento_comunitario_de_comba_T8tRu7I.doc</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1941/projeto_xxx.18_-_jiu_jitsu_emenda_impositiva.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1941/projeto_xxx.18_-_jiu_jitsu_emenda_impositiva.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO JIU JITSU GRAMADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1942/projeto_xxx.18_-_instituto_santissima_trindade__xlrPnyO.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1942/projeto_xxx.18_-_instituto_santissima_trindade__xlrPnyO.doc</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1953/projeto_xxx.18_-_iptu_2019..doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1953/projeto_xxx.18_-_iptu_2019..doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR PARCELAMENTO E CONCESSÃO DE DESCONTO DO IMPOSTO PREDIAL URBANO (IPTU), TAXA DE LIXO E LIXO VERDE NO EXERCÍCIO 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1954/projeto_xxx.18_-_autoriza_a_adquirir_area_de_te_Is9eT1G.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1954/projeto_xxx.18_-_autoriza_a_adquirir_area_de_te_Is9eT1G.odt</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GRAMADO A ADQUIRIR ÁREA DE TERRAS ATRAVÉS DE TRANSFERÊNCIA DE DIREITO DE CONSTRUIR, E DÁ OUTRAS PROVIDÊNCIAS. JUNTAMENTE COM  MENSAGEM.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1955/projeto_xxx.18_-_altera_a_ldo_2019_-_gramado_ci_qEFT9jS.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1955/projeto_xxx.18_-_altera_a_ldo_2019_-_gramado_ci_qEFT9jS.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 3.674, DE 08 DE OUTUBRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1957/projeto_xxx.18_-_institui_o_programa_gramado_ci_MNvP2NB.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1957/projeto_xxx.18_-_institui_o_programa_gramado_ci_MNvP2NB.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA GRAMADO CIDADE INTELIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1958/projeto_xxx.18_-_contribuir_financeiramente_com_7TbxNhk.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1958/projeto_xxx.18_-_contribuir_financeiramente_com_7TbxNhk.doc</t>
   </si>
   <si>
     <t>O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O CENTRO ESPORTIVO GRAMADENSE</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2114/projeto_xxx.18_-_lei_de_habitacao.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2114/projeto_xxx.18_-_lei_de_habitacao.odt</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3.458, DE 22 DE DEZEMBRO DE 2015, A QUAL DISPÕE SOBRE A POLÍTICA HABITACIONAL DE INTERESSE SOCIAL DO MUNICÍPIO DE GRAMADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2120/projeto_xxx.18_-_autoriza_o_executivo_municipal_1hKjd1T.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2120/projeto_xxx.18_-_autoriza_o_executivo_municipal_1hKjd1T.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER NA REMISSÃO DE CRÉDITOS TRIBUTÁRIOS INSCRITOS OU NÃO EM DÍVIDA ATIVA.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2121/projeto_xxx.18_-_altera_a_lei_municipal_no_3.30_HZhhnDA.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2121/projeto_xxx.18_-_altera_a_lei_municipal_no_3.30_HZhhnDA.doc</t>
   </si>
   <si>
     <t>Altera a Lei n.º 3.307, de 09 de setembro de 2014, e dá outras providências.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2124/projeto_xxx.18_-_altera_dispositivos_da_lei_de__ctgg2ka.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2124/projeto_xxx.18_-_altera_dispositivos_da_lei_de__ctgg2ka.odt</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE IPTU E TAXA DE LIXO ÀQUELES QUE POSSUEM BAIXA RENDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2125/projeto_xxx.18_-_altera_dispositivos_da_lei_2914.11.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2125/projeto_xxx.18_-_altera_dispositivos_da_lei_2914.11.odt</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N. 2914, DE 06 DE MAIO DE 2011, A QUAL DISPÕE SOBRE A IMPLANTAÇÃO DO PLANO DE CARREIRA, ESTABELECE O QUADRO DE CARGOS, VENCIMENTOS OU FUNÇÕES PÚBLICAS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2137/projeto_xxx.18_-_institui_o_calendario_oficial__yNKd305.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2137/projeto_xxx.18_-_institui_o_calendario_oficial__yNKd305.doc</t>
   </si>
   <si>
     <t>INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS PARA O ANO DE 2019 NO MUNICÍPIO DE GRAMADO. JUNTAMENTE COM MENSAGEM.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2138/projeto_xxx.18_-_altera_o_uso_de_area_de_terras_EG8iBGE.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2138/projeto_xxx.18_-_altera_o_uso_de_area_de_terras_EG8iBGE.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GRAMADO A ALTERAR DESTINAÇÃO DE TERRAS PARA FINS DE USO DE EQUIPAMENTOS COMUNITÁRIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2139/projeto_xxx.18_-_altera_o_anexo_iv_do_ctm.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2139/projeto_xxx.18_-_altera_o_anexo_iv_do_ctm.doc</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2140/projeto_xxx.18_-_associacao_gramadense_de_taeko_v99JvJt.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2140/projeto_xxx.18_-_associacao_gramadense_de_taeko_v99JvJt.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenção social à Associação Gramadense de Taekwondo, e dá outras providências.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2141/projeto_xxx.18_-_altera_a_lei_municipal_no_3.67_8GcmUAk.doc</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2141/projeto_xxx.18_-_altera_a_lei_municipal_no_3.67_8GcmUAk.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 3.672, DE 01 DE OUTUBRO DE 2018, QUE AUTORIZA O MUNICÍPIO DE GRAMADO A DESAFETAR IMÓVEL DE SUA PROPRIEDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1382/1382_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1382/1382_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O REGIMENTO INTERNO DA ESCOLA DO LEGISLATIVO DA CÂMARA MUNICIPAL DE GRAMADO._x000D_
 </t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1383/1383_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1383/1383_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 13/2017.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1639/1639_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1639/1639_texto_integral.docx</t>
   </si>
   <si>
     <t>REGULAMENTA O PAGAMENTO DE DESPESAS COM CELULARES.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1783/1783_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1783/1783_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE GRAMADO A CELEBRAR CONVÊNIO COM A ABEL &amp;#8211; ASSOCIAÇÃO BRASILEIRA DE ESCOLAS DO LEGISLATIVO E DE CONTAS.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1864/projeto_de_resolucao_xx.2018_-_altera_o_regime_uIGkVkV.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1864/projeto_de_resolucao_xx.2018_-_altera_o_regime_uIGkVkV.docx</t>
   </si>
   <si>
     <t>Altera os arts. 20, 84, 89, 105, 143 e inclui o art. 143A junto ao Regimento Interno da Câmara Municipal de Gramado.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1903/resolucao_nome_da_escola_do_legislativo.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1903/resolucao_nome_da_escola_do_legislativo.docx</t>
   </si>
   <si>
     <t>Institui nomenclatura da Escola do Legislativo.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2116/projeto_de_resolucao_-_eleicao_da_mesa_por_car_UBZHyLR.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2116/projeto_de_resolucao_-_eleicao_da_mesa_por_car_UBZHyLR.docx</t>
   </si>
   <si>
     <t>Altera os arts. 29 e 33 e revoga o art. 32 todos do Regimento Interno da Câmara Municipal de Gramado, para alterar o procedimento de eleição da Mesa Diretora.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2132/egr.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2132/egr.docx</t>
   </si>
   <si>
     <t>Cria a Comissão Especial para acompanhamento das obras da Empresa Gaúcha de Rodovias – EGR, neste município.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2133/projeto_de_resolucao_-_criacao_comissao_especi_XJDLmYb.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2133/projeto_de_resolucao_-_criacao_comissao_especi_XJDLmYb.docx</t>
   </si>
   <si>
     <t>Cria a Comissão Especial de acompanhamento e fiscalização da execução do contrato e do cronograma de obras firmado entre o Município de Gramado e a Companhia Riograndense de Saneamento.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LICENÇA SEM REMUNERAÇÃO DA CADEIRA DE VEREADOR PELO PRAZO DE 15 DIAS.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1343/1343_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1343/1343_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LICENÇA SEM REMUNERAÇÃO DA CADEIRA DE VEREADOR PELO PRAZO DE 15 DIAS</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1431/1431_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1431/1431_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ENCAMINHAMENTO DE CARTA ABERTA À PRESIDÊNCIA DO SUPREMO TRIBUNAL FEDERAL, NO INTUITO DE REQUERER O JULGAMENTO EM PLENÁRIO DA AÇÃO DIRETA DE INCONSTITUCIONALIDADE (ADI) 4719, QUE DISPÕE SOBRE OS ROYALTIES DO PETRÓLEO.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1721/1721_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1721/1721_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LICENÇA SEM REMUNERAÇÃO DA CADEIRA DE VEREADORA PELO PRAZO DE 15 DIAS PARA A VEREADORA ROSI ECKER SCHMITT</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1782/1782_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1782/1782_texto_integral.docx</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1789/1789_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1789/1789_texto_integral.docx</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1823/1823_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1823/1823_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve"> SOLICITA LICENÇA SEM REMUNERAÇÃO DA CADEIRA DE VEREADOR PELO PRAZO DE 15 DIAS.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1908/licenca_15_dias_luia.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1908/licenca_15_dias_luia.docx</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1926/2_licenca_rosi.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1926/2_licenca_rosi.docx</t>
   </si>
   <si>
     <t>SOLICITA LICENÇA SEM REMUNERAÇÃO DA CADEIRA DE VEREADORA PELO PRAZO DE 15 DIAS.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1545/1545_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1545/1545_texto_integral.odt</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSTITUTIVO AO PLO 23/2018 QUE ALTERA DISPOSITIVOS DA LEI Nº 3.490, DE 22 DE JUNHO DE 2016, QUE INSTITUI O NOVO PLANO DE CARGOS E O SISTEMA DE REMUNERAÇÃO DOS SERVIDORES DA AUTARQUIA MUNICIPAL DE TURISMO DE GRAMADO - GRAMADOTUR, E DÁ OUTRAS PROVIDÊNCIAS. JUNTAMENTE COM MENSAGEM RETIFICATIVA. </t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PLO 013/2018 QUE INSTITUI O PROGRAMA DE ALIMENTAÇÃO DOS SERVIDORES MUNICIPAIS DA ADMINISTRAÇÃO DIRETA E INDIRETA DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PLO 030/2018 QUE "AUTORIZA O MUNICÍPIO DE GRAMADO A REALIZAR CONTRATAÇÃO DE FISCAL DE POSTURAS, EM CARÁTER EMERGENCIAL, POR PRAZO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1850/1850_texto_integral.odt</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1850/1850_texto_integral.odt</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.526, DE 26 DE DEZEMBRO DE 2016, A QUAL DISPÕE SOBRE OS CRITÉRIOS PARA HIERARQUIZAÇÃO DE TERRENOS POPULARES NO LOTEAMENTO CARAZAL, E DÁ OUTRAS PROVIDÊNCIAS. PEDIDO DE VISTAS.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t xml:space="preserve">VETO AO PROJETO DE LEI Nº 059/2017, QUE ALTERA DISPOSITIVOS DA LEI 2.912, DE 06 DE MAIO DE 2011. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -11334,67 +11334,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1696/1696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1803/1803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1849/1849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1876/ata_36-_35a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1905/ata_37_-_36a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1925/ata_38_-_37a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1935/ata_39_-_38a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1961/ata_40_-_39a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2119/ata_41_-_40a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2130/ata_42_-_41a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2144/ata_43_-_42a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2155/ata_44_-_43a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2156/ata_04_-_4a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1572/1572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1578/1578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1725/1725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1888/emenda_pl_27-2018.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1984/emendas_a_loa_para_turismo.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2064/1578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2122/1578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1971/1_-_emendas_a_loa_-_impositivo_turismo_-_forum_58rMZhh.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1972/2_-_emendas_a_loa_-_impositivo_ambulancia_bombe_oRPGpXT.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1973/3_-_emendas_a_loa_-_impositivo_pama_7hQCC4y.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1974/4_-_emendas_a_loa_-_impositivo_videomonitoramen_jIamzf9.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1975/5-_emendas_a_loa_-_impositivo_apae_w8cPm4H.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1976/6_-_emendas_a_loa_-_impositivo_crerh_mGWTRHA.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1977/7_-_emendas_a_loa_-_impositivo_cpm_senador_salg_fURgkAy.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1978/8_-_emendas_a_loa_-_impositivo_cpm_presidente_vargas.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1979/9_-_emendas_a_loa_-_impositivo_liga_feminina_de_M87h2An.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1980/10_-_emendas_a_loa_-_impositivo_hospital_-_bist_xzmCJG4.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1982/11_-_emendas_a_loa_-_impositivo_cultura.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1983/12_-_emendas_a_loa_-_impositivo_vale_a_pena_viver.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1985/conselho_tutelar_nJpiPPo.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1986/proerd_87W2FHN.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1987/amae_NSrho6z.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1988/camaras_mocovi_3qPKgno.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1989/hospital_A0TmDu1.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1990/liga_WQoWliq.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1991/crehr_bWo8Vm1.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1992/apae_Hq2KhUR.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1993/posto_da_jardim_02q7RFq.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1994/posto_da_varzea_1.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1995/escola_moses_bezzi_1zbiIoR.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1996/escola_pedro_zucolotto_8oS86BQ.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1997/nossa_senhora_de_fatrima_2KYtdqq.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1998/henrique_bertolucci_muJhwVi.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1999/padre_anchieta_DGc9muP.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2000/pequenos_passos_2Iu5kD4.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2004/emenda_alberto_pasqualini_WIvfbJq.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2005/emenda_delmar_dutra_g0BflSV.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2006/emenda_dr._carlos_nelz_kOjkXH7.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2007/emenda_gentil_bonatto_4ek8fVL.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2008/emenda_henrique_bertolucci_sobrinho_RT3k0Rp.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2009/emenda_moses_bezzi_LQ9rW3K.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2010/emenda_nossa_senhora_de_fatima_ezOgiNy.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2011/emenda_padre_anchieta_yQCcfZi.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2012/emenda_paulina_benetti_jUC4uCr.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2013/emenda_senador_1_NIF7ruO.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2014/emenda_senador_B7eQ0hI.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2015/emenda_pedro_zucolotto_HDz9LB6.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2016/emenda_ambulancia_EUDjwmR.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2017/emenda_apae_XRqEscv.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2018/emenda_crerh_HliNKcc.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2019/emenda_vale_a_pena_viver_MIlWXFJ.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2020/secretaria_da_saude_zGxOn2H.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2021/hospital_arcanjo_sao_miguel_01_e_02_ok.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2022/sec_transitomocovi_ok.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2023/funrebom_ok.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2024/crehr_ok.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2025/emei_jardim_encantado_ok.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2026/liga_ok.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2027/apae_ok.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2029/caritas_ok.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2030/alberto_pasqualine_ok.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2031/coletes_balisticos_ok.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2032/serra_encantada_ok.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2034/emendas_impositivas_-_hospital_CYflFR9.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2035/emendas_impositivas_-_crehr_IaKQrNA.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2036/emendas_impositivas_-vale_a_pena_viver_HWOzLf7.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2037/emendas_impositivas_-apae_gramado_cpECnFh.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2038/emendas_impositivas_-_escola_carlos_barbosa_2.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2039/emendas_impositivas_-_cpm_emef_padre_scholl.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2040/emendas_impositivas_-_escola_t_carmelina_ngUb18Z.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2041/emendas_impositivas_-_cpm_-_emef_nossa_senhora_07D2EiB.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2042/emendas_impositivas_-_escola_municipal_de_ensi_1CDLDw3.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2043/emendas_impositivas_-_cpm_emef_padre_anchieta_1aWghEv.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2044/emendas_impositivas_-_escola_carlos_barbosa.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2045/emendas_impositivas_-_cpm_-_emef_vicente_casag_piyOhnt.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2046/emendas_impositivas_-_cpm_-_emef_moses_bezzi_-_NFzbHpH.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2047/emendas_impositivas_-_cpm_-_emef_nossa_senhora_ZL9n54u.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2048/banda_senador_WpRelq1.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2049/pama.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2050/cercamento_seguranca._nGRJMo9.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2051/abrigo_municipal._VznQkk7.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2052/terceira_idade._QdSP9C7.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2053/bombeiro_v.6_z0HfV3P.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2054/escola_carmelina_i_PxFssGV.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2055/vale_a_pena_viver._0HHAo6T.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2056/independente-futebol_jW1Pget.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2057/crerh_dIqgis4.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2058/hospital._PrhsWNP.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2059/emenda_cpm_pedro_zucolotto_todas.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2062/emenda_todos_os_equipamentos_hospital.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2065/nossa_senhora_da_pompeia_ok.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2066/pama_mitra_ok.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2067/emei_pequenos_passos_ok.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2068/emenda_sec._de_transito_xurpAVW.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2069/emenda_equipamentos_maria_de_nazare_HKVMZsj.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2070/emenda_ambulancia_funrebom_NQmmDzR.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2072/emenda_liga_fraldas_e_gasolina_NCOSznn.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2073/emenda_pama_servicos_terceirizados.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2074/emenda_cameras_de_videomonitoramento_l9EdNC0.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2075/emenda_maria_de_nazare_terceirizados.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2076/emendas_impostivas_crerh_0Gw8cB0.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2077/emendas_impositivas_vale_a_pena_viver_Ayr7mfV.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2078/emendas_impositivas_camera_sec._transito_hoolZHo.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2079/emendas_impositivas_horto_fitoterapico_saude_emnVBP8.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2080/emendas_impositivas_hospital_zm4OVEY.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2081/emendas_impositivas_lar_de_idosos_maria_de_nazare_1.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2082/emendas_impositivas_jiujitsu_o178X2p.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2083/emendas_impositivas_ambu_bombeiros_IG2yIws.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2084/emendas_impositivas_escola_maximiliano_JzjHTyb.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2085/emenda_impositiva_amae_Css1xKv.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2086/emendas_impositivas_forca_tarefa_1.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2087/emendas_impositivas_janz_team.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2088/emenda_impositiva_-_apae.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2089/emenda_impositiva_-_sec._saude_xCtHDY9.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2090/emenda_impositiva_-_lar_de_idosos_maria_de_naza_2be2ycQ.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2091/emenda_impositiva_-_pama_830BTQn.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2092/emenda_impositiva_-_vale_a_pena_viver_zvLYjNV.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2093/emenda_impositiva_-_crerh_X1HQ71I.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2094/emenda_impositiva_-_escoteiros_N2UUK57.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2095/emenda_impositiva_-_projeto_jiu-jistu_pexzus7.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2096/emenda_impositiva_-_projeto_judo_LT4FBRb.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2097/emenda_impositiva_-_projeto_taekwondo_6QHNaX5.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2098/emenda_impositiva_-_forca_tarefa_vd1R6it.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2099/emenda_impositiva_-_pequenos_gigantes_Lgx0k9o.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2100/emenda_impositiva_-_damas_de_caridade_20tmNxa.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2101/emenda_impositiva_-_presidente_vargas_T895LCT.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2103/emenda_impositiva_-_bombeiros_0fngaXE.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2104/emenda_impositiva_-_liga_de_combate_ao_cancer_sHBrs1g.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2106/emenda_impositiva_-_santissima_trindade.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2107/emenda_impositiva_-_cameras_transito_2dgzo5L.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1269/1269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1337/1337_texto_integral.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1360/1360_texto_integral.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1364/1364_texto_integral.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1371/1371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1378/1378_texto_integral.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1397/1397_texto_integral.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1398/1398_texto_integral.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1410/1410_texto_integral.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1411/1411_texto_integral.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1415/1415_texto_integral.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1435/1435_texto_integral.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1448/1448_texto_integral.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1449/1449_texto_integral.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1467/1467_texto_integral.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1473/1473_texto_integral.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1477/1477_texto_integral.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1495/1495_texto_integral.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1500/1500_texto_integral.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1502/1502_texto_integral.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1506/1506_texto_integral.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1515/1515_texto_integral.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1520/1520_texto_integral.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1553/1553_texto_integral.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1554/1554_texto_integral.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1564/1564_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1565/1565_texto_integral.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1575/1575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1584/1584_texto_integral.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1594/1594_texto_integral.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1605/1605_texto_integral.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1628/1628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1637/1637_texto_integral.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1641/1641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1644/1644_texto_integral.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1653/1653_texto_integral.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1660/1660_texto_integral.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1664/1664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1683/1683_texto_integral.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1689/1689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1691/1691_texto_integral.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1700/1700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1701/1701_texto_integral.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1703/1703_texto_integral.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1707/1707_texto_integral.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1708/1708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1709/1709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1710/1710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1750/1750_texto_integral.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1757/1757_texto_integral.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1758/1758_texto_integral.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1773/1773_texto_integral.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1792/1792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1799/1799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1805/1805_texto_integral.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1814/1814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1818/1818_texto_integral.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1829/1829_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1839/1839_texto_integral.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1840/1840_texto_integral.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1843/1843_texto_integral.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1845/1845_texto_integral.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1866/pracinha_celita.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1874/indicacao_-_academia_moura.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1891/ind_trasnporte_escolar.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1892/ind_implant._ilum..docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1893/ind_redutor_rua_das_dalias.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1896/ind_pracinha_serra_grande.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1897/ind_parada_da_serra_grande.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1900/sapl_2.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1902/ped._ind._programa_aluno_monitor..docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1912/ind_rua_das_colonias.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1913/ind_calcada.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1929/ind_vaga_carga_e_descarga.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1949/acadmia_waldomiro_rissi.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1951/pracinha_lot_wiltgen.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1970/indicacao_meio_ambiente.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2002/onibus.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2118/indicacao_-_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2152/ind_guilherme_ecker_resutor.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1570/1570_texto_integral.odt" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1571/1571_texto_integral.odt" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1648/1648_texto_integral.odt" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1763/1763_texto_integral.odt" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1836/1836_texto_integral.odt" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1956/projeto_050.18m_-_concessao_de_uso_onerosa_de_b_dsRAAvK.odt" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1963/projeto_068.18m_-_autoriza_a_adquirir_area_de_t_bM1rzQK.odt" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1968/projeto_060.18m_-_institui_a_tcfa.odt" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_068.18m2_-_autoriza_a_adquirir_area_de__GSQDw0p.odt" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2148/projeto_079.18m_-_altera_o_anexo_iv_do_ctm.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2149/projeto_077.18m_-_institui_o_calendario_oficial_WvYMf2e.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1129/1129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1356/1356_texto_integral.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1361/1361_texto_integral.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1367/1367_texto_integral.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1386/1386_texto_integral.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1402/1402_texto_integral.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1428/1428_texto_integral.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1429/1429_texto_integral.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1430/1430_texto_integral.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1446/1446_texto_integral.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1447/1447_texto_integral.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1527/1527_texto_integral.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1558/1558_texto_integral.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1576/1576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1581/1581_texto_integral.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1582/1582_texto_integral.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1592/1592_texto_integral.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1626/1626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1638/1638_texto_integral.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1640/1640_texto_integral.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1655/1655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1672/1672_texto_integral.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1695/1695_texto_integral.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1722/1722_texto_integral.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1761/1761_texto_integral.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1769/1769_texto_integral.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1917/mocao_biblioteca.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1579/1579_texto_integral.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1065/1065_texto_integral.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1235/1235_texto_integral.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1272/1272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1273/1273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1296/1296_texto_integral.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1349/1349_texto_integral.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1350/1350_texto_integral.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1354/1354_texto_integral.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1363/1363_texto_integral.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1366/1366_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1380/1380_texto_integral.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1384/1384_texto_integral.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1387/1387_texto_integral.docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1407/1407_texto_integral.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1408/1408_texto_integral.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1416/1416_texto_integral.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1417/1417_texto_integral.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1418/1418_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1419/1419_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1422/1422_texto_integral.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1425/1425_texto_integral.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1433/1433_texto_integral.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1434/1434_texto_integral.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1439/1439_texto_integral.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1441/1441_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1444/1444_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1445/1445_texto_integral.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1453/1453_texto_integral.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1457/1457_texto_integral.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1462/1462_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1465/1465_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1474/1474_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1480/1480_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1482/1482_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1483/1483_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1486/1486_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1489/1489_texto_integral.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1490/1490_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1491/1491_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1497/1497_texto_integral.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1498/1498_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1504/1504_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1507/1507_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1508/1508_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1509/1509_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1518/1518_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1528/1528_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1530/1530_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1531/1531_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1532/1532_texto_integral.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1534/1534_texto_integral.docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1538/1538_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1539/1539_texto_integral.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1542/1542_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1556/1556_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1559/1559_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1560/1560_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1561/1561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1563/1563_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1567/1567_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1577/1577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1613/1613_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1614/1614_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1615/1615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1616/1616_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1617/1617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1618/1618_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1620/1620_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1624/1624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1635/1635_texto_integral.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1645/1645_texto_integral.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1651/1651_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1654/1654_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1656/1656_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1669/1669_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1676/1676_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1677/1677_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1678/1678_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1687/1687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1704/1704_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1711/1711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1714/1714_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1715/1715_texto_integral.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1720/1720_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1724/1724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1736/1736_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1737/1737_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1738/1738_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1753/1753_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1755/1755_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1760/1760_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1764/1764_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1765/1765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1772/1772_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1777/1777_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1779/1779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1785/1785_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1787/1787_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1794/1794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1798/1798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1801/1801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1802/1802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1806/1806_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1815/1815_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1816/1816_texto_integral.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1817/1817_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1819/1819_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1820/1820_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1821/1821_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1822/1822_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1830/1830_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1841/1841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1844/1844_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1877/pedido_polos.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1879/1794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1880/soros.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1881/exames_preventivos.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1898/solicita_informacoes_sobre_o_processo_seletivo_xd9BkRE.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1899/solicita_informacoes_sobre_a_questao_indigena__bOBcxKa.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1906/leite.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1909/ped._inf._obras_licitadas..docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1911/fogos_de_artificio..docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1914/inf.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1916/informacao_copia_matricula.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1918/uti_hospital2.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1924/funcionarios_novos_do_hospital_1_1.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1927/inf_emendas_escolas.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1928/fiscalizacao_uber.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1930/emenda_pista_de_atletismo.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1931/inf_academia_viacao.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1932/inf_bebes_recem_nascidos.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1936/ped._inf._perimetral..docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1943/corsan.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1947/micro_varzea.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1960/pedido_de_informacao_caramuru.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1962/ped._inf._corsan..docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1964/caixa_dagua_postao.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1965/caixa_dagua_serra_grande.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1967/pedido_de_informacao_-_fundo_verde.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2109/pedido_informacoes_corsan_notificacao.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2112/ped._inf._ligacao_av._central_bairro_carniel..docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2117/pedido_de_info_-_pedalinhos.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2123/pedido_de_informacao_corsan_investimentos.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2128/ped._inf._ampliacao_secretaria_meio_ambiente..docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2129/ped._inf._praca_onze_canarinhos..docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2142/cartao_combustivel.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2143/combustivel_2017.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2150/pcds_e_aprendiz_legal.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2154/inf_das_placas.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1058/1058_texto_integral.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1059/1059_texto_integral.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1060/1060_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1061/1061_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1063/1063_texto_integral.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1064/1064_texto_integral.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.docx" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.docx" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.docx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.docx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.docx" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.docx" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1167/1167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.docx" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.docx" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.docx" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.docx" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.docx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1184/1184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1189/1189_texto_integral.docx" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.docx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.docx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.docx" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.docx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.docx" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.docx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.docx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.docx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.docx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1264/1264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1265/1265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1267/1267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1270/1270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1271/1271_texto_integral.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1274/1274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.docx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.docx" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.docx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.docx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.docx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.docx" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1295/1295_texto_integral.docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1302/1302_texto_integral.docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1303/1303_texto_integral.docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1304/1304_texto_integral.docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1315/1315_texto_integral.docx" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.docx" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.docx" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.docx" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.docx" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.docx" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.docx" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1344/1344_texto_integral.docx" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1345/1345_texto_integral.docx" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1346/1346_texto_integral.docx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1347/1347_texto_integral.docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1348/1348_texto_integral.docx" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1351/1351_texto_integral.docx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1352/1352_texto_integral.docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1353/1353_texto_integral.docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1355/1355_texto_integral.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1359/1359_texto_integral.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1365/1365_texto_integral.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1368/1368_texto_integral.docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1369/1369_texto_integral.docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1370/1370_texto_integral.docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1372/1372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1373/1373_texto_integral.docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1374/1374_texto_integral.docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1375/1375_texto_integral.docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1379/1379_texto_integral.docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1385/1385_texto_integral.docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1388/1388_texto_integral.docx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1389/1389_texto_integral.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1390/1390_texto_integral.docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1391/1391_texto_integral.docx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1393/1393_texto_integral.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1394/1394_texto_integral.docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1395/1395_texto_integral.docx" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1396/1396_texto_integral.docx" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1399/1399_texto_integral.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1400/1400_texto_integral.docx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1401/1401_texto_integral.docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1412/1412_texto_integral.docx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1404/1404_texto_integral.docx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1405/1405_texto_integral.docx" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1406/1406_texto_integral.docx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1413/1413_texto_integral.docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1414/1414_texto_integral.docx" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1420/1420_texto_integral.docx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1421/1421_texto_integral.docx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1426/1426_texto_integral.docx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1427/1427_texto_integral.docx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1432/1432_texto_integral.docx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1440/1440_texto_integral.docx" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1442/1442_texto_integral.docx" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1454/1454_texto_integral.docx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1455/1455_texto_integral.docx" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1456/1456_texto_integral.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1458/1458_texto_integral.docx" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1459/1459_texto_integral.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1460/1460_texto_integral.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1461/1461_texto_integral.docx" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1466/1466_texto_integral.docx" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1468/1468_texto_integral.docx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1469/1469_texto_integral.docx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1470/1470_texto_integral.docx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1472/1472_texto_integral.docx" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1475/1475_texto_integral.docx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1476/1476_texto_integral.docx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1478/1478_texto_integral.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1481/1481_texto_integral.docx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1484/1484_texto_integral.docx" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1485/1485_texto_integral.docx" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1487/1487_texto_integral.docx" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1488/1488_texto_integral.docx" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1496/1496_texto_integral.docx" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1499/1499_texto_integral.docx" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1501/1501_texto_integral.docx" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1503/1503_texto_integral.docx" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1510/1510_texto_integral.docx" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1511/1511_texto_integral.docx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1513/1513_texto_integral.docx" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1514/1514_texto_integral.docx" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1516/1516_texto_integral.docx" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1517/1517_texto_integral.docx" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1519/1519_texto_integral.docx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1521/1521_texto_integral.docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1523/1523_texto_integral.docx" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1524/1524_texto_integral.docx" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1525/1525_texto_integral.docx" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1526/1526_texto_integral.docx" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1529/1529_texto_integral.docx" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1536/1536_texto_integral.docx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1537/1537_texto_integral.docx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1540/1540_texto_integral.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1541/1541_texto_integral.docx" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1543/1543_texto_integral.docx" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1544/1544_texto_integral.docx" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1547/1547_texto_integral.docx" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1555/1555_texto_integral.docx" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1557/1557_texto_integral.docx" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1562/1562_texto_integral.docx" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1566/1566_texto_integral.docx" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1568/1568_texto_integral.docx" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1573/1573_texto_integral.docx" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1583/1583_texto_integral.docx" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1585/1585_texto_integral.docx" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1586/1586_texto_integral.docx" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1587/1587_texto_integral.docx" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1588/1588_texto_integral.docx" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1589/1589_texto_integral.docx" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1590/1590_texto_integral.docx" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1593/1593_texto_integral.docx" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1595/1595_texto_integral.docx" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1596/1596_texto_integral.docx" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1597/1597_texto_integral.docx" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1598/1598_texto_integral.docx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1599/1599_texto_integral.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1601/1601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1602/1602_texto_integral.docx" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1603/1603_texto_integral.docx" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1604/1604_texto_integral.docx" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1606/1606_texto_integral.docx" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1609/1609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1612/1612_texto_integral.docx" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1622/1622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1623/1623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1625/1625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1627/1627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1629/1629_texto_integral.docx" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1630/1630_texto_integral.docx" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1631/1631_texto_integral.docx" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1633/1633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1636/1636_texto_integral.docx" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1642/1642_texto_integral.docx" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1643/1643_texto_integral.docx" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1646/1646_texto_integral.docx" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1647/1647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1652/1652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1657/1657_texto_integral.docx" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1658/1658_texto_integral.docx" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1659/1659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1665/1665_texto_integral.docx" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1666/1666_texto_integral.docx" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1667/1667_texto_integral.docx" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1668/1668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1679/1679_texto_integral.docx" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1680/1680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1681/1681_texto_integral.docx" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1684/1684_texto_integral.docx" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1685/1685_texto_integral.docx" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1686/1686_texto_integral.docx" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1688/1688_texto_integral.docx" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1690/1690_texto_integral.docx" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1692/1692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1693/1693_texto_integral.docx" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1697/1697_texto_integral.docx" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1698/1698_texto_integral.docx" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1702/1702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1705/1705_texto_integral.docx" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1706/1706_texto_integral.docx" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1712/1712_texto_integral.docx" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1713/1713_texto_integral.docx" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1716/1716_texto_integral.docx" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1717/1717_texto_integral.docx" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1719/1719_texto_integral.docx" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1726/1726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1730/1730_texto_integral.docx" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1731/1731_texto_integral.docx" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1732/1732_texto_integral.docx" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1733/1733_texto_integral.docx" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1734/1734_texto_integral.docx" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1735/1735_texto_integral.docx" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1745/1745_texto_integral.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1746/1746_texto_integral.docx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1747/1747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1748/1748_texto_integral.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1749/1749_texto_integral.docx" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1751/1751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1752/1752_texto_integral.docx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1754/1754_texto_integral.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1756/1756_texto_integral.docx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1759/1759_texto_integral.docx" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1762/1762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1767/1767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1768/1768_texto_integral.docx" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1771/1771_texto_integral.docx" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1774/1774_texto_integral.docx" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1775/1775_texto_integral.docx" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1776/1776_texto_integral.docx" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1778/1778_texto_integral.docx" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1784/1784_texto_integral.docx" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1786/1786_texto_integral.docx" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1788/1788_texto_integral.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1790/1790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1797/1797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1793/1793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1800/1800_texto_integral.docx" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1804/1804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1807/1807_texto_integral.docx" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1809/1809_texto_integral.docx" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1810/1810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1811/1811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1812/1812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1813/1813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1825/1825_texto_integral.docx" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1826/1826_texto_integral.docx" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1827/1827_texto_integral.docx" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1832/1832_texto_integral.docx" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1842/1842_texto_integral.docx" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1846/1846_texto_integral.docx" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1847/1847_texto_integral.docx" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1851/ped._prov._calcamento_rua_tristao_de_oliveira..docx" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1854/providencia_revisao_na_rede_de_esgosto_rua_do_contorno.docx" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1855/pedido_de_providencias_-_ampliar_gramado_colonia.docx" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1856/asfalto_no_celita.docx" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1857/banco_no_deck.docx" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1858/corrimao_rissul.docx" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1859/corrimao_rissul.docx" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1860/faixas_floresta.docx" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1861/iluminacao_irineu_tomazelli.docx" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1862/operacao_tapa_buracos_na_rua_pingo_de_ouro..docx" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1863/parada.docx" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1865/placa_linha_horlle.docx" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1867/reparo_iluminacao.docx" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1868/quebra_molas_na_di_solle.docx" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1869/reitera_da_farrapos.docx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1873/pedido_de_providencias_-_rge_iluminacao_linha__kpJQPbo.docx" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1875/pedido_de_providencias_-_calcadas_bairro_moura.docx" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1878/pedido_de_providencias_-_cestos_para_coleta_de_N1UzXLu.docx" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1882/1680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1883/pedido_de_providencias_-_redutor_de_velocidade_b9Ujavp.docx" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1884/providencia_melhorias_rua_eugenio_benetti.docx" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1885/containers.docx" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1886/troca_lampada.docx" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1887/redutor_de_velocidade.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1890/prov_estrada_caracol.docx" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1894/prov_elevador_postao.docx" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1895/prov_ilu_tristao.docx" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1901/sapl.docx" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1910/pedido_de_providencias_-_praca_waldomiro.docx" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1919/pedido_de_providencias_-_lampadas_queimada_rua_kHpqBqW.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1920/pedido_de_providencias_repor_poste_de_sinaliza_sFTZV9o.docx" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1922/pedido_bairro_casagrande_revitalizacao_da_praca.docx" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1923/pedido_de_providencias_desratizacao.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1934/emei_linha_araripe2.docx" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1945/rua_adelino_moschen_vila_do_sol.docx" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1946/recapeamento_rua_germano_munareto.docx" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1948/arbustos.docx" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1950/boca_de_lobo_radio.docx" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1952/pedido_de_providencias_reitero_container_de_li_zHOl72R.docx" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1959/pedido_de_providencias_modelo_novo_-_melhorias_py3EnTO.docx" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2001/corrimao_deck_varzea.docx" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2003/flores_no_lago.docx" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2110/pedido_providencias_corsan.docx" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2111/pedido_de_providencias_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2113/ped._prov._estacionamento_rotativo_santos_dumont..docx" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2127/pedido_de_providencias_egr.docx" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2131/solicita_estudo_de_viabilidade_de_fazer_audien_UwcTgVV.docx" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2134/reitera_pedido_lombo_faixa_escola_santos_dumont.docx" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2135/reitera_pedido_segregadores.docx" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2136/pedido_corsanpoco_linha_horlle.docx" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2145/pedido_de_providencias__-__iluminacao_idalina_swaizer.docx" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2146/pedido_de_providencias__-__asfaltamento_rua_jo_G4OWlKy.docx" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2151/iluminacao.docx" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2153/ped_prov_rua_pedro_carlos_franzen.docx" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1377/1377_texto_integral.docx" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1694/1694_texto_integral.docx" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1740/1740_texto_integral.docx" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1741/1741_texto_integral.docx" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1742/1742_texto_integral.docx" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1743/1743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1904/projeto_de_decreto_legislativo_10_-_2018.docx" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1376/1376_texto_integral.docx" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.docx" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1155/1155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.docx" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.docx" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.docx" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1211/1211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.docx" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.docx" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.docx" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.docx" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.docx" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.docx" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1357/1357_texto_integral.docx" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1358/1358_texto_integral.docx" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1464/1464_texto_integral.docx" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1610/1610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1611/1611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1621/1621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1682/1682_texto_integral.docx" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1808/1808_texto_integral.docx" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1831/1831_texto_integral.docx" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1848/pll_xxx._2018_-_mesa_diretora_-_contrato_tempor_rttJbIJ.doc" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1852/institui_nomenclatura_de_rua_-rua_querino_ary_candiago.docx" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1853/institui_nomenclatura_de_rua_-rua_alexandre_rama.docx" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1870/projeto_de_lei_walter_bertolucci.docx" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1889/projeto_de_lei_-_canudos_plasticos.docx" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1915/projeto_de_lei_altera_nome_ruya_reinaldo_bacchi.docx" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1944/projeto_de_lei_romeu_dutra.docx" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1966/projeto_de_lei_-_uniformes_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2108/projeto_de_lei_professor_destaque_legislativo.docx" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2115/projeto_de_lei_-_uniformes_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2126/projeto_de_lei-_fogos_de_artificio.docx" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2147/institui_nomenclatura_de_rua_gerhard_rudolf_kleine.docx" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1438/1438_texto_integral.odt" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1450/1450_texto_integral.odt" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1452/1452_texto_integral.odt" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1471/1471_texto_integral.odt" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1493/1493_texto_integral.odt" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1512/1512_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1549/1549_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1551/1551_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1607/1607_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1649/1649_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1661/1661_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1727/1727_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1729/1729_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1828/1828_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1833/51.doc" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1834/52.docx" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1835/53.docx" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1837/54.docx" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1838/55.docx" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1871/projeto_de_lei_xxx.docx" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1872/projeto_xxx.18_-_autoriza_o_municipio_de_gramad_lFkKfMm.doc" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1907/loa.docx" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1921/projeto_xxx.18_-_regularizacao_edificacoes_rural.odt" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1933/projeto_xxx.18_-_institui_a_tcfa.odt" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1937/projeto_xxx.18_-_apae_recurso_do_fmca.doc" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1938/projeto_xxx.18_-_pama_-_recurso_do_fmca.doc" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1939/projeto_xxx.18_-_centro_de_reabilitacao_emanuel_B8FNbia.doc" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1940/projeto_xxx.18_-_movimento_comunitario_de_comba_T8tRu7I.doc" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1941/projeto_xxx.18_-_jiu_jitsu_emenda_impositiva.doc" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1942/projeto_xxx.18_-_instituto_santissima_trindade__xlrPnyO.doc" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1953/projeto_xxx.18_-_iptu_2019..doc" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1954/projeto_xxx.18_-_autoriza_a_adquirir_area_de_te_Is9eT1G.odt" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1955/projeto_xxx.18_-_altera_a_ldo_2019_-_gramado_ci_qEFT9jS.doc" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1957/projeto_xxx.18_-_institui_o_programa_gramado_ci_MNvP2NB.doc" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1958/projeto_xxx.18_-_contribuir_financeiramente_com_7TbxNhk.doc" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2114/projeto_xxx.18_-_lei_de_habitacao.odt" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2120/projeto_xxx.18_-_autoriza_o_executivo_municipal_1hKjd1T.doc" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2121/projeto_xxx.18_-_altera_a_lei_municipal_no_3.30_HZhhnDA.doc" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2124/projeto_xxx.18_-_altera_dispositivos_da_lei_de__ctgg2ka.odt" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2125/projeto_xxx.18_-_altera_dispositivos_da_lei_2914.11.odt" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2137/projeto_xxx.18_-_institui_o_calendario_oficial__yNKd305.doc" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2138/projeto_xxx.18_-_altera_o_uso_de_area_de_terras_EG8iBGE.doc" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2139/projeto_xxx.18_-_altera_o_anexo_iv_do_ctm.doc" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2140/projeto_xxx.18_-_associacao_gramadense_de_taeko_v99JvJt.doc" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2141/projeto_xxx.18_-_altera_a_lei_municipal_no_3.67_8GcmUAk.doc" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1382/1382_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1383/1383_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1639/1639_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1783/1783_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1864/projeto_de_resolucao_xx.2018_-_altera_o_regime_uIGkVkV.docx" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1903/resolucao_nome_da_escola_do_legislativo.docx" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2116/projeto_de_resolucao_-_eleicao_da_mesa_por_car_UBZHyLR.docx" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2132/egr.docx" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2133/projeto_de_resolucao_-_criacao_comissao_especi_XJDLmYb.docx" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1343/1343_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1431/1431_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1721/1721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1782/1782_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1789/1789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1823/1823_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1908/licenca_15_dias_luia.docx" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1926/2_licenca_rosi.docx" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1545/1545_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1850/1850_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1696/1696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1803/1803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1849/1849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1876/ata_36-_35a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1905/ata_37_-_36a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1925/ata_38_-_37a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1935/ata_39_-_38a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1961/ata_40_-_39a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2119/ata_41_-_40a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2130/ata_42_-_41a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2144/ata_43_-_42a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2155/ata_44_-_43a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2156/ata_04_-_4a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1297/1297_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1572/1572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1578/1578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1725/1725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1888/emenda_pl_27-2018.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1984/emendas_a_loa_para_turismo.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2064/1578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2122/1578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1971/1_-_emendas_a_loa_-_impositivo_turismo_-_forum_58rMZhh.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1972/2_-_emendas_a_loa_-_impositivo_ambulancia_bombe_oRPGpXT.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1973/3_-_emendas_a_loa_-_impositivo_pama_7hQCC4y.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1974/4_-_emendas_a_loa_-_impositivo_videomonitoramen_jIamzf9.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1975/5-_emendas_a_loa_-_impositivo_apae_w8cPm4H.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1976/6_-_emendas_a_loa_-_impositivo_crerh_mGWTRHA.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1977/7_-_emendas_a_loa_-_impositivo_cpm_senador_salg_fURgkAy.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1978/8_-_emendas_a_loa_-_impositivo_cpm_presidente_vargas.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1979/9_-_emendas_a_loa_-_impositivo_liga_feminina_de_M87h2An.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1980/10_-_emendas_a_loa_-_impositivo_hospital_-_bist_xzmCJG4.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1982/11_-_emendas_a_loa_-_impositivo_cultura.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1983/12_-_emendas_a_loa_-_impositivo_vale_a_pena_viver.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1985/conselho_tutelar_nJpiPPo.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1986/proerd_87W2FHN.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1987/amae_NSrho6z.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1988/camaras_mocovi_3qPKgno.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1989/hospital_A0TmDu1.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1990/liga_WQoWliq.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1991/crehr_bWo8Vm1.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1992/apae_Hq2KhUR.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1993/posto_da_jardim_02q7RFq.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1994/posto_da_varzea_1.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1995/escola_moses_bezzi_1zbiIoR.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1996/escola_pedro_zucolotto_8oS86BQ.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1997/nossa_senhora_de_fatrima_2KYtdqq.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1998/henrique_bertolucci_muJhwVi.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1999/padre_anchieta_DGc9muP.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2000/pequenos_passos_2Iu5kD4.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2004/emenda_alberto_pasqualini_WIvfbJq.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2005/emenda_delmar_dutra_g0BflSV.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2006/emenda_dr._carlos_nelz_kOjkXH7.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2007/emenda_gentil_bonatto_4ek8fVL.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2008/emenda_henrique_bertolucci_sobrinho_RT3k0Rp.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2009/emenda_moses_bezzi_LQ9rW3K.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2010/emenda_nossa_senhora_de_fatima_ezOgiNy.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2011/emenda_padre_anchieta_yQCcfZi.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2012/emenda_paulina_benetti_jUC4uCr.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2013/emenda_senador_1_NIF7ruO.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2014/emenda_senador_B7eQ0hI.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2015/emenda_pedro_zucolotto_HDz9LB6.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2016/emenda_ambulancia_EUDjwmR.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2017/emenda_apae_XRqEscv.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2018/emenda_crerh_HliNKcc.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2019/emenda_vale_a_pena_viver_MIlWXFJ.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2020/secretaria_da_saude_zGxOn2H.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2021/hospital_arcanjo_sao_miguel_01_e_02_ok.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2022/sec_transitomocovi_ok.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2023/funrebom_ok.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2024/crehr_ok.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2025/emei_jardim_encantado_ok.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2026/liga_ok.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2027/apae_ok.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2029/caritas_ok.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2030/alberto_pasqualine_ok.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2031/coletes_balisticos_ok.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2032/serra_encantada_ok.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2034/emendas_impositivas_-_hospital_CYflFR9.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2035/emendas_impositivas_-_crehr_IaKQrNA.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2036/emendas_impositivas_-vale_a_pena_viver_HWOzLf7.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2037/emendas_impositivas_-apae_gramado_cpECnFh.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2038/emendas_impositivas_-_escola_carlos_barbosa_2.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2039/emendas_impositivas_-_cpm_emef_padre_scholl.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2040/emendas_impositivas_-_escola_t_carmelina_ngUb18Z.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2041/emendas_impositivas_-_cpm_-_emef_nossa_senhora_07D2EiB.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2042/emendas_impositivas_-_escola_municipal_de_ensi_1CDLDw3.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2043/emendas_impositivas_-_cpm_emef_padre_anchieta_1aWghEv.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2044/emendas_impositivas_-_escola_carlos_barbosa.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2045/emendas_impositivas_-_cpm_-_emef_vicente_casag_piyOhnt.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2046/emendas_impositivas_-_cpm_-_emef_moses_bezzi_-_NFzbHpH.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2047/emendas_impositivas_-_cpm_-_emef_nossa_senhora_ZL9n54u.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2048/banda_senador_WpRelq1.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2049/pama.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2050/cercamento_seguranca._nGRJMo9.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2051/abrigo_municipal._VznQkk7.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2052/terceira_idade._QdSP9C7.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2053/bombeiro_v.6_z0HfV3P.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2054/escola_carmelina_i_PxFssGV.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2055/vale_a_pena_viver._0HHAo6T.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2056/independente-futebol_jW1Pget.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2057/crerh_dIqgis4.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2058/hospital._PrhsWNP.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2059/emenda_cpm_pedro_zucolotto_todas.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2062/emenda_todos_os_equipamentos_hospital.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2065/nossa_senhora_da_pompeia_ok.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2066/pama_mitra_ok.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2067/emei_pequenos_passos_ok.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2068/emenda_sec._de_transito_xurpAVW.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2069/emenda_equipamentos_maria_de_nazare_HKVMZsj.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2070/emenda_ambulancia_funrebom_NQmmDzR.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2072/emenda_liga_fraldas_e_gasolina_NCOSznn.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2073/emenda_pama_servicos_terceirizados.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2074/emenda_cameras_de_videomonitoramento_l9EdNC0.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2075/emenda_maria_de_nazare_terceirizados.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2076/emendas_impostivas_crerh_0Gw8cB0.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2077/emendas_impositivas_vale_a_pena_viver_Ayr7mfV.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2078/emendas_impositivas_camera_sec._transito_hoolZHo.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2079/emendas_impositivas_horto_fitoterapico_saude_emnVBP8.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2080/emendas_impositivas_hospital_zm4OVEY.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2081/emendas_impositivas_lar_de_idosos_maria_de_nazare_1.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2082/emendas_impositivas_jiujitsu_o178X2p.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2083/emendas_impositivas_ambu_bombeiros_IG2yIws.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2084/emendas_impositivas_escola_maximiliano_JzjHTyb.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2085/emenda_impositiva_amae_Css1xKv.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2086/emendas_impositivas_forca_tarefa_1.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2087/emendas_impositivas_janz_team.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2088/emenda_impositiva_-_apae.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2089/emenda_impositiva_-_sec._saude_xCtHDY9.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2090/emenda_impositiva_-_lar_de_idosos_maria_de_naza_2be2ycQ.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2091/emenda_impositiva_-_pama_830BTQn.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2092/emenda_impositiva_-_vale_a_pena_viver_zvLYjNV.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2093/emenda_impositiva_-_crerh_X1HQ71I.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2094/emenda_impositiva_-_escoteiros_N2UUK57.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2095/emenda_impositiva_-_projeto_jiu-jistu_pexzus7.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2096/emenda_impositiva_-_projeto_judo_LT4FBRb.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2097/emenda_impositiva_-_projeto_taekwondo_6QHNaX5.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2098/emenda_impositiva_-_forca_tarefa_vd1R6it.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2099/emenda_impositiva_-_pequenos_gigantes_Lgx0k9o.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2100/emenda_impositiva_-_damas_de_caridade_20tmNxa.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2101/emenda_impositiva_-_presidente_vargas_T895LCT.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2103/emenda_impositiva_-_bombeiros_0fngaXE.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2104/emenda_impositiva_-_liga_de_combate_ao_cancer_sHBrs1g.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2106/emenda_impositiva_-_santissima_trindade.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2107/emenda_impositiva_-_cameras_transito_2dgzo5L.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1269/1269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1283/1283_texto_integral.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1285/1285_texto_integral.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1308/1308_texto_integral.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1323/1323_texto_integral.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1337/1337_texto_integral.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1360/1360_texto_integral.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1364/1364_texto_integral.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1371/1371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1378/1378_texto_integral.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1397/1397_texto_integral.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1398/1398_texto_integral.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1410/1410_texto_integral.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1411/1411_texto_integral.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1415/1415_texto_integral.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1435/1435_texto_integral.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1448/1448_texto_integral.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1449/1449_texto_integral.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1467/1467_texto_integral.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1473/1473_texto_integral.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1477/1477_texto_integral.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1495/1495_texto_integral.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1500/1500_texto_integral.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1502/1502_texto_integral.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1506/1506_texto_integral.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1515/1515_texto_integral.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1520/1520_texto_integral.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1553/1553_texto_integral.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1554/1554_texto_integral.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1564/1564_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1565/1565_texto_integral.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1575/1575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1584/1584_texto_integral.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1594/1594_texto_integral.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1605/1605_texto_integral.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1628/1628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1637/1637_texto_integral.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1641/1641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1644/1644_texto_integral.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1653/1653_texto_integral.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1660/1660_texto_integral.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1664/1664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1683/1683_texto_integral.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1689/1689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1691/1691_texto_integral.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1700/1700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1701/1701_texto_integral.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1703/1703_texto_integral.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1707/1707_texto_integral.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1708/1708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1709/1709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1710/1710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1750/1750_texto_integral.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1757/1757_texto_integral.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1758/1758_texto_integral.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1773/1773_texto_integral.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1792/1792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1799/1799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1805/1805_texto_integral.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1814/1814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1818/1818_texto_integral.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1829/1829_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1839/1839_texto_integral.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1840/1840_texto_integral.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1843/1843_texto_integral.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1845/1845_texto_integral.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1866/pracinha_celita.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1874/indicacao_-_academia_moura.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1891/ind_trasnporte_escolar.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1892/ind_implant._ilum..docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1893/ind_redutor_rua_das_dalias.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1896/ind_pracinha_serra_grande.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1897/ind_parada_da_serra_grande.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1900/sapl_2.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1902/ped._ind._programa_aluno_monitor..docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1912/ind_rua_das_colonias.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1913/ind_calcada.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1929/ind_vaga_carga_e_descarga.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1949/acadmia_waldomiro_rissi.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1951/pracinha_lot_wiltgen.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1970/indicacao_meio_ambiente.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2002/onibus.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2118/indicacao_-_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2152/ind_guilherme_ecker_resutor.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1570/1570_texto_integral.odt" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1571/1571_texto_integral.odt" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1648/1648_texto_integral.odt" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1763/1763_texto_integral.odt" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1836/1836_texto_integral.odt" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1956/projeto_050.18m_-_concessao_de_uso_onerosa_de_b_dsRAAvK.odt" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1963/projeto_068.18m_-_autoriza_a_adquirir_area_de_t_bM1rzQK.odt" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1968/projeto_060.18m_-_institui_a_tcfa.odt" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_068.18m2_-_autoriza_a_adquirir_area_de__GSQDw0p.odt" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2148/projeto_079.18m_-_altera_o_anexo_iv_do_ctm.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2149/projeto_077.18m_-_institui_o_calendario_oficial_WvYMf2e.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1129/1129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1325/1325_texto_integral.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1335/1335_texto_integral.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1356/1356_texto_integral.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1361/1361_texto_integral.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1367/1367_texto_integral.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1386/1386_texto_integral.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1402/1402_texto_integral.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1428/1428_texto_integral.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1429/1429_texto_integral.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1430/1430_texto_integral.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1446/1446_texto_integral.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1447/1447_texto_integral.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1527/1527_texto_integral.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1558/1558_texto_integral.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1576/1576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1581/1581_texto_integral.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1582/1582_texto_integral.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1592/1592_texto_integral.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1626/1626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1638/1638_texto_integral.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1640/1640_texto_integral.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1655/1655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1672/1672_texto_integral.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1695/1695_texto_integral.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1722/1722_texto_integral.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1761/1761_texto_integral.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1769/1769_texto_integral.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1917/mocao_biblioteca.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1341/1341_texto_integral.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1579/1579_texto_integral.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1065/1065_texto_integral.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1235/1235_texto_integral.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1272/1272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1273/1273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1278/1278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1279/1279_texto_integral.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1286/1286_texto_integral.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1292/1292_texto_integral.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1296/1296_texto_integral.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1300/1300_texto_integral.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1301/1301_texto_integral.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1309/1309_texto_integral.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1311/1311_texto_integral.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1320/1320_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1322/1322_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1327/1327_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1328/1328_texto_integral.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1329/1329_texto_integral.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1330/1330_texto_integral.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1331/1331_texto_integral.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1334/1334_texto_integral.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1339/1339_texto_integral.docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1349/1349_texto_integral.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1350/1350_texto_integral.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1354/1354_texto_integral.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1363/1363_texto_integral.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1366/1366_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1380/1380_texto_integral.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1384/1384_texto_integral.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1387/1387_texto_integral.docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1407/1407_texto_integral.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1408/1408_texto_integral.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1416/1416_texto_integral.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1417/1417_texto_integral.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1418/1418_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1419/1419_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1422/1422_texto_integral.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1425/1425_texto_integral.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1433/1433_texto_integral.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1434/1434_texto_integral.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1439/1439_texto_integral.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1441/1441_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1444/1444_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1445/1445_texto_integral.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1453/1453_texto_integral.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1457/1457_texto_integral.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1462/1462_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1465/1465_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1474/1474_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1480/1480_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1482/1482_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1483/1483_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1486/1486_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1489/1489_texto_integral.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1490/1490_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1491/1491_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1497/1497_texto_integral.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1498/1498_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1504/1504_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1507/1507_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1508/1508_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1509/1509_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1518/1518_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1528/1528_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1530/1530_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1531/1531_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1532/1532_texto_integral.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1534/1534_texto_integral.docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1538/1538_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1539/1539_texto_integral.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1542/1542_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1556/1556_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1559/1559_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1560/1560_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1561/1561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1563/1563_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1567/1567_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1577/1577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1613/1613_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1614/1614_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1615/1615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1616/1616_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1617/1617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1618/1618_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1620/1620_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1624/1624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1635/1635_texto_integral.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1645/1645_texto_integral.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1651/1651_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1654/1654_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1656/1656_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1669/1669_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1676/1676_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1677/1677_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1678/1678_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1687/1687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1704/1704_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1711/1711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1714/1714_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1715/1715_texto_integral.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1720/1720_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1724/1724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1736/1736_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1737/1737_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1738/1738_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1753/1753_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1755/1755_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1760/1760_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1764/1764_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1765/1765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1772/1772_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1777/1777_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1779/1779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1785/1785_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1787/1787_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1794/1794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1798/1798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1801/1801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1802/1802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1806/1806_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1815/1815_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1816/1816_texto_integral.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1817/1817_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1819/1819_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1820/1820_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1821/1821_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1822/1822_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1830/1830_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1841/1841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1844/1844_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1877/pedido_polos.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1879/1794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1880/soros.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1881/exames_preventivos.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1898/solicita_informacoes_sobre_o_processo_seletivo_xd9BkRE.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1899/solicita_informacoes_sobre_a_questao_indigena__bOBcxKa.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1906/leite.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1909/ped._inf._obras_licitadas..docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1911/fogos_de_artificio..docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1914/inf.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1916/informacao_copia_matricula.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1918/uti_hospital2.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1924/funcionarios_novos_do_hospital_1_1.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1927/inf_emendas_escolas.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1928/fiscalizacao_uber.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1930/emenda_pista_de_atletismo.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1931/inf_academia_viacao.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1932/inf_bebes_recem_nascidos.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1936/ped._inf._perimetral..docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1943/corsan.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1947/micro_varzea.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1960/pedido_de_informacao_caramuru.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1962/ped._inf._corsan..docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1964/caixa_dagua_postao.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1965/caixa_dagua_serra_grande.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1967/pedido_de_informacao_-_fundo_verde.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2109/pedido_informacoes_corsan_notificacao.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2112/ped._inf._ligacao_av._central_bairro_carniel..docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2117/pedido_de_info_-_pedalinhos.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2123/pedido_de_informacao_corsan_investimentos.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2128/ped._inf._ampliacao_secretaria_meio_ambiente..docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2129/ped._inf._praca_onze_canarinhos..docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2142/cartao_combustivel.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2143/combustivel_2017.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2150/pcds_e_aprendiz_legal.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2154/inf_das_placas.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1058/1058_texto_integral.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1059/1059_texto_integral.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1060/1060_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1061/1061_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1063/1063_texto_integral.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1064/1064_texto_integral.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.docx" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.docx" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.docx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.docx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.docx" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.docx" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1167/1167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.docx" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.docx" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.docx" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.docx" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.docx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1184/1184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1189/1189_texto_integral.docx" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.docx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.docx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.docx" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.docx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.docx" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.docx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.docx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.docx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.docx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1264/1264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1265/1265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1267/1267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1270/1270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1271/1271_texto_integral.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1274/1274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1281/1281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1284/1284_texto_integral.docx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1287/1287_texto_integral.docx" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1288/1288_texto_integral.docx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1289/1289_texto_integral.docx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1290/1290_texto_integral.docx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1291/1291_texto_integral.docx" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1294/1294_texto_integral.docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1295/1295_texto_integral.docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1298/1298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1299/1299_texto_integral.docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1302/1302_texto_integral.docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1303/1303_texto_integral.docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1304/1304_texto_integral.docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1305/1305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1306/1306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1310/1310_texto_integral.docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1312/1312_texto_integral.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1313/1313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1315/1315_texto_integral.docx" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1316/1316_texto_integral.docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1317/1317_texto_integral.docx" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1318/1318_texto_integral.docx" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1319/1319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1324/1324_texto_integral.docx" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1333/1333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1336/1336_texto_integral.docx" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1338/1338_texto_integral.docx" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1340/1340_texto_integral.docx" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1344/1344_texto_integral.docx" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1345/1345_texto_integral.docx" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1346/1346_texto_integral.docx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1347/1347_texto_integral.docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1348/1348_texto_integral.docx" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1351/1351_texto_integral.docx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1352/1352_texto_integral.docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1353/1353_texto_integral.docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1355/1355_texto_integral.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1359/1359_texto_integral.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1365/1365_texto_integral.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1368/1368_texto_integral.docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1369/1369_texto_integral.docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1370/1370_texto_integral.docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1372/1372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1373/1373_texto_integral.docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1374/1374_texto_integral.docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1375/1375_texto_integral.docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1379/1379_texto_integral.docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1385/1385_texto_integral.docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1388/1388_texto_integral.docx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1389/1389_texto_integral.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1390/1390_texto_integral.docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1391/1391_texto_integral.docx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1393/1393_texto_integral.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1394/1394_texto_integral.docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1395/1395_texto_integral.docx" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1396/1396_texto_integral.docx" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1399/1399_texto_integral.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1400/1400_texto_integral.docx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1401/1401_texto_integral.docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1412/1412_texto_integral.docx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1404/1404_texto_integral.docx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1405/1405_texto_integral.docx" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1406/1406_texto_integral.docx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1413/1413_texto_integral.docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1414/1414_texto_integral.docx" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1420/1420_texto_integral.docx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1421/1421_texto_integral.docx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1426/1426_texto_integral.docx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1427/1427_texto_integral.docx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1432/1432_texto_integral.docx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1440/1440_texto_integral.docx" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1442/1442_texto_integral.docx" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1454/1454_texto_integral.docx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1455/1455_texto_integral.docx" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1456/1456_texto_integral.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1458/1458_texto_integral.docx" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1459/1459_texto_integral.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1460/1460_texto_integral.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1461/1461_texto_integral.docx" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1466/1466_texto_integral.docx" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1468/1468_texto_integral.docx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1469/1469_texto_integral.docx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1470/1470_texto_integral.docx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1472/1472_texto_integral.docx" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1475/1475_texto_integral.docx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1476/1476_texto_integral.docx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1478/1478_texto_integral.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1481/1481_texto_integral.docx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1484/1484_texto_integral.docx" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1485/1485_texto_integral.docx" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1487/1487_texto_integral.docx" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1488/1488_texto_integral.docx" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1496/1496_texto_integral.docx" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1499/1499_texto_integral.docx" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1501/1501_texto_integral.docx" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1503/1503_texto_integral.docx" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1510/1510_texto_integral.docx" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1511/1511_texto_integral.docx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1513/1513_texto_integral.docx" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1514/1514_texto_integral.docx" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1516/1516_texto_integral.docx" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1517/1517_texto_integral.docx" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1519/1519_texto_integral.docx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1521/1521_texto_integral.docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1523/1523_texto_integral.docx" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1524/1524_texto_integral.docx" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1525/1525_texto_integral.docx" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1526/1526_texto_integral.docx" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1529/1529_texto_integral.docx" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1536/1536_texto_integral.docx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1537/1537_texto_integral.docx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1540/1540_texto_integral.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1541/1541_texto_integral.docx" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1543/1543_texto_integral.docx" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1544/1544_texto_integral.docx" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1547/1547_texto_integral.docx" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1555/1555_texto_integral.docx" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1557/1557_texto_integral.docx" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1562/1562_texto_integral.docx" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1566/1566_texto_integral.docx" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1568/1568_texto_integral.docx" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1573/1573_texto_integral.docx" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1583/1583_texto_integral.docx" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1585/1585_texto_integral.docx" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1586/1586_texto_integral.docx" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1587/1587_texto_integral.docx" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1588/1588_texto_integral.docx" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1589/1589_texto_integral.docx" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1590/1590_texto_integral.docx" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1593/1593_texto_integral.docx" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1595/1595_texto_integral.docx" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1596/1596_texto_integral.docx" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1597/1597_texto_integral.docx" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1598/1598_texto_integral.docx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1599/1599_texto_integral.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1601/1601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1602/1602_texto_integral.docx" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1603/1603_texto_integral.docx" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1604/1604_texto_integral.docx" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1606/1606_texto_integral.docx" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1609/1609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1612/1612_texto_integral.docx" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1622/1622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1623/1623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1625/1625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1627/1627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1629/1629_texto_integral.docx" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1630/1630_texto_integral.docx" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1631/1631_texto_integral.docx" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1633/1633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1636/1636_texto_integral.docx" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1642/1642_texto_integral.docx" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1643/1643_texto_integral.docx" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1646/1646_texto_integral.docx" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1647/1647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1652/1652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1657/1657_texto_integral.docx" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1658/1658_texto_integral.docx" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1659/1659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1665/1665_texto_integral.docx" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1666/1666_texto_integral.docx" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1667/1667_texto_integral.docx" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1668/1668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1679/1679_texto_integral.docx" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1680/1680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1681/1681_texto_integral.docx" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1684/1684_texto_integral.docx" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1685/1685_texto_integral.docx" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1686/1686_texto_integral.docx" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1688/1688_texto_integral.docx" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1690/1690_texto_integral.docx" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1692/1692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1693/1693_texto_integral.docx" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1697/1697_texto_integral.docx" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1698/1698_texto_integral.docx" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1702/1702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1705/1705_texto_integral.docx" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1706/1706_texto_integral.docx" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1712/1712_texto_integral.docx" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1713/1713_texto_integral.docx" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1716/1716_texto_integral.docx" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1717/1717_texto_integral.docx" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1719/1719_texto_integral.docx" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1726/1726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1730/1730_texto_integral.docx" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1731/1731_texto_integral.docx" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1732/1732_texto_integral.docx" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1733/1733_texto_integral.docx" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1734/1734_texto_integral.docx" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1735/1735_texto_integral.docx" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1745/1745_texto_integral.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1746/1746_texto_integral.docx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1747/1747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1748/1748_texto_integral.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1749/1749_texto_integral.docx" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1751/1751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1752/1752_texto_integral.docx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1754/1754_texto_integral.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1756/1756_texto_integral.docx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1759/1759_texto_integral.docx" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1762/1762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1767/1767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1768/1768_texto_integral.docx" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1771/1771_texto_integral.docx" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1774/1774_texto_integral.docx" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1775/1775_texto_integral.docx" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1776/1776_texto_integral.docx" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1778/1778_texto_integral.docx" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1784/1784_texto_integral.docx" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1786/1786_texto_integral.docx" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1788/1788_texto_integral.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1790/1790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1797/1797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1793/1793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1800/1800_texto_integral.docx" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1804/1804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1807/1807_texto_integral.docx" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1809/1809_texto_integral.docx" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1810/1810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1811/1811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1812/1812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1813/1813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1825/1825_texto_integral.docx" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1826/1826_texto_integral.docx" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1827/1827_texto_integral.docx" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1832/1832_texto_integral.docx" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1842/1842_texto_integral.docx" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1846/1846_texto_integral.docx" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1847/1847_texto_integral.docx" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1851/ped._prov._calcamento_rua_tristao_de_oliveira..docx" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1854/providencia_revisao_na_rede_de_esgosto_rua_do_contorno.docx" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1855/pedido_de_providencias_-_ampliar_gramado_colonia.docx" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1856/asfalto_no_celita.docx" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1857/banco_no_deck.docx" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1858/corrimao_rissul.docx" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1859/corrimao_rissul.docx" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1860/faixas_floresta.docx" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1861/iluminacao_irineu_tomazelli.docx" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1862/operacao_tapa_buracos_na_rua_pingo_de_ouro..docx" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1863/parada.docx" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1865/placa_linha_horlle.docx" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1867/reparo_iluminacao.docx" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1868/quebra_molas_na_di_solle.docx" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1869/reitera_da_farrapos.docx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1873/pedido_de_providencias_-_rge_iluminacao_linha__kpJQPbo.docx" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1875/pedido_de_providencias_-_calcadas_bairro_moura.docx" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1878/pedido_de_providencias_-_cestos_para_coleta_de_N1UzXLu.docx" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1882/1680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1883/pedido_de_providencias_-_redutor_de_velocidade_b9Ujavp.docx" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1884/providencia_melhorias_rua_eugenio_benetti.docx" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1885/containers.docx" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1886/troca_lampada.docx" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1887/redutor_de_velocidade.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1890/prov_estrada_caracol.docx" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1894/prov_elevador_postao.docx" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1895/prov_ilu_tristao.docx" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1901/sapl.docx" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1910/pedido_de_providencias_-_praca_waldomiro.docx" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1919/pedido_de_providencias_-_lampadas_queimada_rua_kHpqBqW.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1920/pedido_de_providencias_repor_poste_de_sinaliza_sFTZV9o.docx" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1922/pedido_bairro_casagrande_revitalizacao_da_praca.docx" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1923/pedido_de_providencias_desratizacao.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1934/emei_linha_araripe2.docx" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1945/rua_adelino_moschen_vila_do_sol.docx" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1946/recapeamento_rua_germano_munareto.docx" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1948/arbustos.docx" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1950/boca_de_lobo_radio.docx" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1952/pedido_de_providencias_reitero_container_de_li_zHOl72R.docx" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1959/pedido_de_providencias_modelo_novo_-_melhorias_py3EnTO.docx" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2001/corrimao_deck_varzea.docx" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2003/flores_no_lago.docx" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2110/pedido_providencias_corsan.docx" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2111/pedido_de_providencias_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2113/ped._prov._estacionamento_rotativo_santos_dumont..docx" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2127/pedido_de_providencias_egr.docx" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2131/solicita_estudo_de_viabilidade_de_fazer_audien_UwcTgVV.docx" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2134/reitera_pedido_lombo_faixa_escola_santos_dumont.docx" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2135/reitera_pedido_segregadores.docx" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2136/pedido_corsanpoco_linha_horlle.docx" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2145/pedido_de_providencias__-__iluminacao_idalina_swaizer.docx" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2146/pedido_de_providencias__-__asfaltamento_rua_jo_G4OWlKy.docx" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2151/iluminacao.docx" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2153/ped_prov_rua_pedro_carlos_franzen.docx" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1377/1377_texto_integral.docx" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1694/1694_texto_integral.docx" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1740/1740_texto_integral.docx" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1741/1741_texto_integral.docx" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1742/1742_texto_integral.docx" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1743/1743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1904/projeto_de_decreto_legislativo_10_-_2018.docx" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1376/1376_texto_integral.docx" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.docx" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1155/1155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.docx" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.docx" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.docx" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1211/1211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.docx" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.docx" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.docx" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.docx" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.docx" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1307/1307_texto_integral.docx" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1357/1357_texto_integral.docx" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1358/1358_texto_integral.docx" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1464/1464_texto_integral.docx" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1610/1610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1611/1611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1621/1621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1682/1682_texto_integral.docx" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1808/1808_texto_integral.docx" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1831/1831_texto_integral.docx" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1848/pll_xxx._2018_-_mesa_diretora_-_contrato_tempor_rttJbIJ.doc" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1852/institui_nomenclatura_de_rua_-rua_querino_ary_candiago.docx" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1853/institui_nomenclatura_de_rua_-rua_alexandre_rama.docx" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1870/projeto_de_lei_walter_bertolucci.docx" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1889/projeto_de_lei_-_canudos_plasticos.docx" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1915/projeto_de_lei_altera_nome_ruya_reinaldo_bacchi.docx" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1944/projeto_de_lei_romeu_dutra.docx" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1966/projeto_de_lei_-_uniformes_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2108/projeto_de_lei_professor_destaque_legislativo.docx" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2115/projeto_de_lei_-_uniformes_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2126/projeto_de_lei-_fogos_de_artificio.docx" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2147/institui_nomenclatura_de_rua_gerhard_rudolf_kleine.docx" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1438/1438_texto_integral.odt" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1450/1450_texto_integral.odt" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1452/1452_texto_integral.odt" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1471/1471_texto_integral.odt" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1493/1493_texto_integral.odt" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1512/1512_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1549/1549_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1551/1551_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1607/1607_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1649/1649_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1661/1661_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1727/1727_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1729/1729_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1828/1828_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1833/51.doc" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1834/52.docx" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1835/53.docx" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1837/54.docx" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1838/55.docx" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1871/projeto_de_lei_xxx.docx" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1872/projeto_xxx.18_-_autoriza_o_municipio_de_gramad_lFkKfMm.doc" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1907/loa.docx" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1921/projeto_xxx.18_-_regularizacao_edificacoes_rural.odt" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1933/projeto_xxx.18_-_institui_a_tcfa.odt" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1937/projeto_xxx.18_-_apae_recurso_do_fmca.doc" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1938/projeto_xxx.18_-_pama_-_recurso_do_fmca.doc" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1939/projeto_xxx.18_-_centro_de_reabilitacao_emanuel_B8FNbia.doc" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1940/projeto_xxx.18_-_movimento_comunitario_de_comba_T8tRu7I.doc" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1941/projeto_xxx.18_-_jiu_jitsu_emenda_impositiva.doc" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1942/projeto_xxx.18_-_instituto_santissima_trindade__xlrPnyO.doc" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1953/projeto_xxx.18_-_iptu_2019..doc" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1954/projeto_xxx.18_-_autoriza_a_adquirir_area_de_te_Is9eT1G.odt" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1955/projeto_xxx.18_-_altera_a_ldo_2019_-_gramado_ci_qEFT9jS.doc" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1957/projeto_xxx.18_-_institui_o_programa_gramado_ci_MNvP2NB.doc" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1958/projeto_xxx.18_-_contribuir_financeiramente_com_7TbxNhk.doc" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2114/projeto_xxx.18_-_lei_de_habitacao.odt" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2120/projeto_xxx.18_-_autoriza_o_executivo_municipal_1hKjd1T.doc" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2121/projeto_xxx.18_-_altera_a_lei_municipal_no_3.30_HZhhnDA.doc" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2124/projeto_xxx.18_-_altera_dispositivos_da_lei_de__ctgg2ka.odt" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2125/projeto_xxx.18_-_altera_dispositivos_da_lei_2914.11.odt" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2137/projeto_xxx.18_-_institui_o_calendario_oficial__yNKd305.doc" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2138/projeto_xxx.18_-_altera_o_uso_de_area_de_terras_EG8iBGE.doc" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2139/projeto_xxx.18_-_altera_o_anexo_iv_do_ctm.doc" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2140/projeto_xxx.18_-_associacao_gramadense_de_taeko_v99JvJt.doc" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2141/projeto_xxx.18_-_altera_a_lei_municipal_no_3.67_8GcmUAk.doc" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1382/1382_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1383/1383_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1639/1639_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1783/1783_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1864/projeto_de_resolucao_xx.2018_-_altera_o_regime_uIGkVkV.docx" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1903/resolucao_nome_da_escola_do_legislativo.docx" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2116/projeto_de_resolucao_-_eleicao_da_mesa_por_car_UBZHyLR.docx" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2132/egr.docx" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/2133/projeto_de_resolucao_-_criacao_comissao_especi_XJDLmYb.docx" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1342/1342_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1343/1343_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1431/1431_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1721/1721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1782/1782_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1789/1789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1823/1823_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1908/licenca_15_dias_luia.docx" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/sapl/public/materialegislativa/2018/1926/2_licenca_rosi.docx" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1545/1545_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2018/1850/1850_texto_integral.odt" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1078"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="123.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>