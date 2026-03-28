--- v0 (2026-02-02)
+++ v1 (2026-03-28)
@@ -54,1768 +54,1768 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>Marinice Emília Wagner</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 02/2017 DA 2ª SESSÃO ORDINÁRIA (PEDIDO DE VISTAS)</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 03/2017 DA 3ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 04/2017 DA 4ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 05/2017 DA 1ª SESSÃO EXTRAORDINÁRIA.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 06/2017 DA 2ª SESSÃO EXTRAORDINÁRIA.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 1ª SESSÃO SOLENE PARA INSTALAÇÃO DA XV LEGISLATURA.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 07/2017 DA 5ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 8 DA 6ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATA DE Nº 10 DA 7ª SESSÃO ORDINÁRIA - PEDIDO DE VISTAS. </t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATA DE Nº 09 DA 3ª SESSÃO EXTRAORDINÁRIA - PEDIDO DE VISTAS. </t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 11 DA 4ª SESSÃO EXTRAORDINÁRIA.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATA DE Nº 12 DA 8ª SESSÃO ORDINÁRIA - PEDIDO DE VISTAS. </t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 13 DA 9ª SESSÃO ORDINÁRIA - PEDIDO DE VISTAS.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATA DE Nº 14 DA 10ª SESSÃO ORDINÁRIA - PEDIDO DE VISTAS NA VOTAÇÃO. </t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 15/2017 DA 11ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 16 DA 12ª SESSÃO ORDINÁRIA DE 2017 - PEDIDO DE VISTAS NA DISCUSSÃO.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATA DE Nº 17 DA 5ª SESSÃO EXTRAORDINÁRIA DE 2017 - PEDIDO DE VISTAS NA DISCUSSÃO. </t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 18 DA 13ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 19 DA 14ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 20 DA 15ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 21 DA 16ª SESSÃO ORDINÁRIA. (PEDIDO DE VISTAS NA DISCUSSÃO E VOTAÇÃO)</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 22 DA 17ª SESSÃO ORDINÁRIA. (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 23 DA 18ª SESSÃO ORDINÁRIA. (PEDIDO DE VISTAS NA VOTAÇÃO)</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 24/2017 DA 19ª SESSÃO ORDINÁRIA DE 19 DE JUNHO DE 2017 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 25/2017 DA 20ª SESSÃO ORDINÁRIA, REALIZADA DIA 26 DE JUNHO DE 2017. (PEDIDO DE VISTAS NA DISCUSSÃO E VOTAÇÃO)</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 26/2017 DA 21ª SESSÃO ORDINÁRIA DO DIA 03 DE JULHO DE 2017. (PEDIDO DE VISTAS NA DISCUSSÃO E VOTAÇÃO)</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>Georgia Sorgetz</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE N° 27/2017 DA 22° SESSÃO ORDINÁRIA DO DIA 10 DE JULHO DE 2017. (PEDIDO DE VISTAS NA DISCUSSÃO E VOTAÇÃO)</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE N° 28/2017 DA 23° SESSÃO ORDINÁRIA DO DIA 17 DE JULHO DE 2017.(PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE N° 29/2017 DA 24° SESSÃO ORDINÁRIA DO DIA 07 DE AGOSTO DE 2017. (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE N° 30/2017 DA 25° SESSÃO ORDINÁRIA DO DIA 14 DE AGOSTO DE 2017</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>Aparecida Benetti</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 31/2017 DA 26ª SESSÃO ORDINÁRIA DO DIA 21 DE AGOSTO DE 2017.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº32/2017 DA 27ª SESSÃO  ORDINÁRIA. (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATA DE Nº 33/2017 DA 28ª SESSÃO ORDINÁRIA. (PEDIDO DE VISTAS NA DISCUSSÃO)_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATA DE Nº 34/2017 DA 29ª SESSÃO ORDINÁRIA DO DIA 11 DE SETEMBRO DE 2017. </t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DE Nº 35 DA 6ª SESSÃO EXTRAORDINÁRIA. (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 36 DA 30ª SESSÃO ORDINÁRIA DO DIA 18 DE AGOSTO DE 2017. (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 37 DA 31ª SESSÃO ORDINÁRIA. (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 38/2017 DA 32ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 39 DA 33ª SESSÃO ORDINÁRIA DE 09/10/2017</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 40 DA 34ª SESSÃO ORDINÁRIA EM 16/10/2017. (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 41 DA 35ª SESSÃO ORDINÁRIA (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 42 DA 36ª SESSÃO ORDINÁRIA. (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 43 DA 37ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 45 DA 8ª SESSÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 46 DA 9ª SESSÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 47 DA 10ª SESSÃO EXTRAORDINÁRIA DE 08/11/2017</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 48 DA 11ª SESSÃO EXTRAORDINÁRIA DE 10/11/2017</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 49 DA 12ª SESSÃO EXTRAORDINÁRIA DE 10/11/2017</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 50 DA 13ª SESSÃO EXTRAORDINÁRIA DE 10/11/2017</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/</t>
+    <t>http://sapl.gramado.rs.leg.br/media/</t>
   </si>
   <si>
     <t>ATA 51 DA 38ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 52 DA 14ª SESSÃO EXTRAORDINÁRIA DE 17/11/2017</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 53 DA 15ª SESSÃO EXTRAORDINÁRIA DE 17/11/2017</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 54 DA 39ª SESSÃO ORDINÁRIA DE 20/11/2017 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 44 DA 7ª SESSÃO EXTRAORDINÁRIA DE 16/11/2017</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 55 DA 40ª SESSÃO ORDINÁRIA DE 27/11/2017</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 56 DA 41ª SESSÃO ORDINÁRIA DE 04/12/2017 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 58 DA 16ª SESSÃO EXTRAORDINÁRIA DE 13/12/2017</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 59 DA 17ª SESSÃO EXTRAORDINÁRIA DE 14/12/2017</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA 57 DA 42ª SESSÃO ORDINÁRIA DE 11/12/2017 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 61 DA 18ª SESSÃO EXTRAORDINÁRIA DE 20/12/2017</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 62 DA 19ª SESSÃO EXTRAORDINÁRIA DE 22/12/2017</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 63 DA 20ª SESSÃO EXTRAORDINÁRIA DE 22/12/2017</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA Nº 60 DA 43ª SESSÃO ORDINÁRIA DE 18/12/2017 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>AUT</t>
   </si>
   <si>
     <t>Autógrafo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO AO PL 005/2017,QUE ALTERA DISPOSITIVOS DA LEI Nº 2.835, DE 25 DE MAIO DE 2010, QUE DISPÕE SOBRE O FUNDO MUNICIPAL DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 12/2017, AO PLL 003/2017, QUE "CONCEDE CERTIFICADO DE MULHER CIDADÃ A SRA. RITA DE CASSIA DRAGO MALDANER."</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 13/2017 AO PLL 004/2017, QUE "CONCEDE CERTIFICADO DE MULHER CIDADÃ À SRA. HANNA CHRISTINE TREIN DRECKSLER". </t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 14/2017 AO PLL 005/2017, QUE "CONCEDE CERTIFICADO DE MULHER CIDADÃ À SRA. CLAUDIA NARA MALDANER". </t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 15/2017 AO PLL 006/2017, QUE  "DISPÕE SOBRE OS ESTÁGIOS DE ESTUDANTES NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE GRAMADO". </t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 16/2017 AO PL 007/2017, QUE "ALTERA O ANEXO ÚNICO DA LEI N° 3.523, DE 26 DE DEZEMBRO DE 2016, QUE INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS PARA O ANO DE 2017 NO MUNICÍPIO DE GRAMADO". </t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 17/2017 AO PL 006/2017, QUE "O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O MOVIMENTO COMUNITÁRIO DE COMBATE A VIOLÊNCIA - MOCOVI GRAMADO".</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 18/2017 AO PL 008/2017, QUE  "AUTORIZA O MUNICÍPIO DE GRAMADO A CONCEDER ÍNDICE PARA A REVISÃO GERAL ANUAL AOS SERVIDORES DO PODER EXECUTIVO E LEGISLATIVO E DA AUTARQUIA MUNICIPAL DE TURISMO - GRAMADOTUR, EM CONFORMIDADE COM A LEI Nº 1.909, DE 19 DE MARÇO DE 2002, E A LEI Nº 3.490, DE 26 DE JUNHO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 </t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 19/2017 AO PLL 007/2017, QUE CONCEDE CERTIFICADO DE MULHER CIDADÃ A SRA. TALITA RAABER.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOGRAFO Nº20/2017 AO PLL 008/2017</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOGRAFO 21/2017 AO PLO 10/2017 QUE "DISPÕE SOBRE O PAGAMENTO COM BENEFÍCIO FISCAL DOS CRÉDITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIOS, INSCRITOS EM DÍVIDA ATIVA"</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFGO 22/2017 AO PLL 010/2017, QUE INSTITUI O DIA MUNICIPAL DOS PROFISSIONAIS DE ENFERMAGEM NO MUNICÍPIO DE GRAMADO</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTOGRAFO 23/2017 AO PLO 11/2017 QUE "ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 3.502, DE 21 DE OUTUBRO DE 2016, QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DE 2017 E ALTERA O ANEXO III - ANEXO DAS METAS FISCAIS, ALINEA "H" - ESTIMATIVA E COMPENSAÇÃO DA RENÚNCIA DE RECEITA. </t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOGRAFO 24/2017 AO PLO 13/2017 QUE ALTERA DISPOSITIVOS DA LEI 2.912, DE 06 DE MAIO DE 2011, QUE INSTITUI O REGIME JURÍDICO ÚNICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊRNCIAS</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOGRAFO 25/2017 AO PLL 013/2017 QUE CONCEDE O TROFÉU MÉRITO GRAMADO AO SR. AIRTON ROCHA</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOGRAFO 26/2017 AO PLL 12/2017 QUE CONCEDE O TROFÉU MÉRITO GRAMADO AO SR. ROBERTO DUAILIBI</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTOGRAFO 27/2017 AO PLL 11/2017 QUE CONCEDE O TROFEU MERITO GRAMADO AO SR. CARLOS HENRIQUE SCHRODER</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTOGRAFO 28/2017 AO PL 12/2017 QUE O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE, A TÍTULO DE SUBVENÇÃO ECONÔMICA, À FUNDAÇÃO REGIÃO DAS HORTÊNSIAS COVENTION &amp; VISITORS BUREAU. </t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 29.2017 AO PLL 15.2017, QUE INSTITUI CONSELHO COMUNITÁRIO DO NATAL LUZ DE GRAMADO</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO 30/2017 AO PL 017/2017, QUE "ALTERA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL PREVISTO NA LEI 3.507/16 EM CONFORMIDADE COM O DISPOSTO NA LEI FEDERAL Nº 8.742/1993 E DÁ OUTRAS PROVIDÊNCIAS". </t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO 31/2017 AO PLL 016/2017, QUE "DISPÕE SOBRE A PREVENÇÃO E A PUNIÇÃO DE ATOS DE PICHAÇÃO DO PATRIMÔNIO PÚBLICO E PRIVADO NO ÂMBITO DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS". </t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTÓGRAFO 32/2017 PLL 14/2017, QUE "INSTITUI O SISTEMA COLABORATIVO DE SEGURANÇA E MONITORAMENTO NO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 33/2017 AO PLE 18/2017, QUE "ALTERA DISPOSITIVOS DA LEI 2.914, DE 06 DE MAIO DE 2011, QUE DISPÕE SOBRE A IMPLANTAÇÃO DO PLANO DE CARREIRA, ESTABELECE O QUADRO DE CARGOS, VENCIMENTOS E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 34/2017 AO PLE 14/2017, QUE "ALTERA DISPOSITIVOS DA LEI 2.914, DE 06 DE MAIO DE 2011, QUE DISPÕE SOBRE A IMPLANTAÇÃO DO PLANO DE CARREIRA, ESTABELECE O QUADRO DE CARGOS, VENCIMENTOS E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO 35/2017 AO PLL 18/2017, QUE "CONCEDE O TROFÉU "MÉRITO GRAMADO" AO LIONS CLUBE INTERNACIONAL. </t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 36/2017 AO PLO 20/2017, QUE ALTERA O ANEXO ÚNICO DA LEI Nº 3.523, DE 26 DE DEZEMBRO DE 2016, QUE INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS PARA O ANO DE 2017 NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 37/2017 AO PL 22/2017, QUE "AUTORIZA O MUNICÍPIO DE GRAMADO A REALIZAR CONTRATAÇÃO DE MONITORES SÓCIOEDUCATIVOS E OPERÁRIO II, EM CARÁTER EMERGENCIAL, POR PRAZO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 38/2017 AO PLL 19/2017, QUE "INSTITUI NOMENCLATURA DE LOGRADOURO PÚBLICO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 39/2017 AO PLL 20/2017 QUE DISPÕE SOBRE A OBRIGATORIEDADE  DE AS AGÊNCIAS BANCÁRIAS PÚBLICAS E PRIVADAS E AS COOPERATIVAS DE CRÉDITO COM SEDE NO MUNICÍPIO DE GRAMADO CONTRATAREM VIGILÂNCIA ARMADA DURANTE O FUNCIONAMENTO INTEGRAL DA SALA DE AUTOATENDIMENTO, INCLUSIVE NOS FINAIS DE SEMANA E FERIADOS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 40/2017 AO PLO 25/2017 QUE INSERE DISPOSITIVOS NOS INCISOS I E II DO ARTIGO 3º DA LEI 3.386, DE 17 DE ABRIL DE 2015</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 41/2017 AO PLO 19/2017 QUE ALTERA DISPOSITIVO DA LEI Nº 2.913, DE 06 DE MAIO DE 2011 QUE DISPÕE SOBRE O PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 42/2017 AO PLO 26/2017 QUE ALTERA A LEI Nº 2.812, DE 11 DE FEVEREIRO DE 2010, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PERMISSÃO DE USO DE BEM IMÓVEL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 43/2017 AO PLO 27/2017 QUE ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.509, DE 06 DE DEZEMBRO DE 2016 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO 44/2017 AO PLO 24/2017 QUE "INSTITUI O PLANEJAMENTO DO MUNICÍPIO DE GRAMADO PARA O PERÍODO 2018-2021." </t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 45/2017 AO PLL 21/2017 CONCEDE O TROFEU "MÉRITO GRAMADO" AO SR. BENONI EMÍLIO MORAES</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 46/2017 AO PLO 30/2017 QUE O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O CENTRO ESPORTIVO GRAMADENSE.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 47/2017 AO PLO 31/2017 QUE ALTERA DISPOSITIVO DO ANEXO IV DA LEI 2.158, DE 18 DE DEZEMBRO DE 2003, QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 48/2017 AO PLO 32/2017 QUE DISPÕE SOBRE A CRIAÇÃO DO POLO UNIVERSITÁRIO DE APOIO PRESENCIAL DA UNIVERSIDADE ABERTA DO BRASIL - POLO GRAMADO VÉRA GRIN E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 49/2017 AO PLO 33/2017 QUE O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM A ASSOCIAÇÃO NÚCLEO DE ORQUIDÓFILOS DE GRAMADO.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 50/2017 AO PLO 35/2017 QUE AUTORIZA O PODER EXECUTIVO A REALIZAR EMPRÉSTIMO PARA A ASSOCIAÇÃO FRANCISCANA DE ASSISTÊNCIA À SAÚDE - HOSPITAL ARCANJO SÃO MIGUEL - SOB INTERVENÇÃO ADMINISTRATIVA, CONFORME DECRETO MUNICIPAL Nº 023/2016, ATÉ O LIMITE DE R$ 2.000.000,00 (DOIS MILHÕES DE REAIS).</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 51/2017 AO PLO 28/2017 QUE ALTERA DISPOSITIVOS DA LEI Nº 2.667, DE 20 DE MAIO DE 2008, QUE CRIA O ZONEAMENTO DE USO DA PUBLICIDADE E PROPAGANDA, REGULAMENTA OS TIPOS, MODELOS E DEMAIS REQUISITOS A SEREM ATENDIDOS PARA O LICENCIAMENTO DE ENGENHOS PUBLICITÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 52/2017 AO PLO 36/2017 QUE ALTERA DISPOSITIVOS DA LEI Nº 2.821, DE 24 DE MARÇO DE 2010 QUE DÁ NOVA ESTRUTURA AO CONSELHO MUNICIPAL DE DESPORTOS E CRIA O FUNDO MUNICIPAL DE DESENVOLVIMENTO DO ESPORTE.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO 53/2017 AO PLL 22/2017 QUE INSTITUI NOMENCLATURA DE LOGRADOURO PÚBLICO NESTE MUNICÍPIO._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO 54/2017 AO PLL 23/2017 QUE CONCEDE-SE O TROFÉU "CIDADE JARDIM DAS HORTÊNSIAS", ÀS IGREJAS EVANGÉLICAS LUTERANAS DE GRAMADO. </t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 55/2017 AO PLL 24/2017 QUE INSTITUI NOMENCLATURA DE PRAÇA</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 56/2017 AO PL 038/2017 QUE INSTITUI NOMENCLATURA DE PRAÇA</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 57/2017 AO PL 39/2017 QUE REVOGA O INCISO I DO ARTIGO 14 DA LEI MUNICIPAL Nº 3.363, DE 23 DE DEZEMBRO DE 2014, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 58/2017 AO PL 41/2017 QUE O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O MOVIMENTO COMUNITÁRIO DE COMBATE A VIOLÊNCIA - MOCOVI</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 59/2017 AO PL 42/2017 QUE O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O CLUBE DA TERCEIRA IDADE DE GRAMADO - GERAÇÃO AZALEIA.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTOGRAFO 60/2017,AO PLL 025/2017.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 61/2017 AO PL 34/2017 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DE 2018</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO 62/2017, AO PROJETO DE LEI 044/2017, QUE "AUTORIZA O MUNICÍPIO DE GRAMADO A REALIZAR CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER À NECESSIDADE TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO, DURANTE O NATAL LUZ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 63/2017 AO PLL 028/2017, QUE "CRIA GRATIFICAÇÕES PELO EXERCÍCIO DAS FUNÇÕES DE GESTÃO FINANCEIRA E DE PREGOEIRO NA CÂMARA MUNICIPAL DE GRAMADO".</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 64/2017 AO PLL 029/2017, QUE "AUTORIZA A CÂMARA MUNICIPAL DE GRAMADO A REALIZAR CONTRATAÇÃO TEMPORÁRIA POR EXCEPCIONAL INTERESSE PÚBLICO, DE TÉCNICO EM INFORMÁTICA, POR PRAZO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTÓGRAFO Nº 65/2017 AO PLL 026/2017, QUE "INSTITUI NOMENCLATURA DE ESTRADA".</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 66/2017 AO PL 047/2017, QUE "AUTORIZA O MUNICÍPIO DE GRAMADO A RECEBER EQUIPAMENTOS EM DOAÇÃO".</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 67/2017 AO PL 040/2017, QUE "ALTERA A LEI MUNICIPAL Nº 3.526, DE 26 DE DEZEMBRO DE 2016."</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 68/2017 AO PL 053/2017, QUE "AUTORIZA O PREFEITO MUNICIPAL DE GRAMADO A AUSENTAR-SE DO PAÍS".</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 69/2017 AO PL 052/2017, QUE O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM A ASSOCIAÇÃO EVANGÉLICA LUTERANA DE BENEFICÊNCIA E O LAR DE IDOSOS MARIA DE NAZARÉ.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 70/2017 AO PLL 030/2017, QUE DISPÕE SOBRE A PRESENÇA DA CULTURA GAÚCHA NOS EVENTOS PÚBLICOS DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 71/2017 AO PL 050/2017 QUE AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR PARCELAMENTO E CONCESSÃO DE DESCONTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU), TAXA DE LIXO E LIXO VERDE, NO EXERCÍCIO 2018 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 72/2017 AO PLL 031/2017 QUE INSTITUI A CAMPANHA DE ESTÍMULO AO CUIDADO DA SAÚDE MENTAL E BEM ESTAR, DENOMINADA "JANEIRO BRANCO", NO ÂMBITO DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 73/2017 AO PL 054/2017, QUE "DISPÕE SOBRE CONCESSÃO DE SUBVENÇÃO SOCIAL ÀS ENTIDADES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 74/2017 AO PL 037/2017, QUE "INSTITUI O SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 75/2017 AO PL 062/2017, QUE ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.635, DE 21 DE DEZEMBRO DE 2007, QUE CONCEDE ISENÇÃO DE IPTU &amp;#8211; IMPOSTO PREDIAL E TERRITORIAL URBANO AOS CLUBES SOCIAIS E DESPORTIVOS, COM SEDE NA CIDADE DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 76/2017 AO PL 057/2017, QUE ALTERA DISPOSITIVOS DA LEI 2.914, DE 06 DE MAIO DE 2011, QUE DISPÕE SOBRE A IMPLANTAÇÃO DO PLANO DE CARREIRA, ESTABELECE O QUADRO DE CARGOS, VENCIMENTO E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 77/2017 AO PL 058/2017, QUE CRIA O PROGRAMA MUNICIPAL DE APOIO A AGROINDÚSTRIA FAMILIAR &amp;#8211; GRAMADO COLÔNIA - NO MUNICÍPIO DE GRAMADO/RS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 78/2017 AO PLL 032/2017, QUE AUTORIZA A INSTALAÇÃO DE SISTEMA DE SEGURANÇA BASEADO EM VÍDEO MONITORAMENTO NAS ESCOLAS PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 79/2017 AO PL 055/2017, QUE INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS PARA O ANO DE 2018 NO MUNICÍPIO DE GRAMADO. _x000D_
 </t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 80/2017 AO PL 048/2017, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 2018._x000D_
 </t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 81/2017 AO PL 065/2017, QUE INSTITUI CONTRIBUIÇÃO DE MELHORIA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf</t>
   </si>
   <si>
     <t>UTÓGRAFO Nº 82/2017 AO PL 059/2017, QUE "ALTERA DISPOSITIVOS DA LEI 2.912, DE 06 DE MAIO DE 2011, QUE INSTITUI O REGIME JURÍDICO ÚNICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 83/2017 AO PL 049/2017, QUE AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER NA REMISSÃO DE CRÉDITOS TRIBUTÁRIOS INSCRITOS OU NÃO EM DÍVIDA ATIVA._x000D_
 </t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 84/2017, AO PLL 033/2017, QUE "INSTITUI NOMENCLATURA DE ESTRADA".</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 85/2017, AO PL 064/2017, QUE "DISPÕE SOBRE A ALTERAÇÃO DA LEI 2.158, DE 18 DE DEZEMBRO DE 2003, QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO MUNICIPAL NO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 86/2017, AO PL 066/2017, QUE ALTERA DISPOSITIVO DA LEI 2.914, DE 06 DE MAIO DE 2011, QUE DISPÕE SOBRE A IMPLANTAÇÃO DO PLANO DE CARREIRA, ESTABELECE O QUADRO DE CARGOS, VENCIMENTO E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 87/2017, AO PL 067/2017, QUE INSTITUI A TAXA DE GERENCIAMENTO OPERACIONAL (TGO) SOBRE O SERVIÇO DE CARONA REMUNERADA GERENCIADA POR APLICATIVOS.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTÓGRAFO Nº 88/2017, AO PL 069/2017, QUE ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.305, DE 28 DE AGOSTO DE 2014, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 89/2017 AO PL 070/2017, QUE INSTITUI A TAXA DE LICENCIAMENTO AMBIENTAL (TLA)_x000D_
 </t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTÓGRAFO Nº 90/2017 AO PL 063/2017, QUE ALTERA OS ANEXOS II E III DA LEI MUNICIPAL Nº 2.158, DE 18 DE DEZEMBRO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>COMP</t>
   </si>
   <si>
     <t>Comparecimento</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.docx</t>
   </si>
   <si>
     <t>EM RESPOSTA AO OFÍCIO 457/2017- REFERENTE A PEDIDO DE PROVIDÊNCIAS APRESENTADO PARA ESTA CASA, PARA QUE A COMISSÃO INTERVENTORA DO HOSPITAL ARCANJO SÃO MIGUEL APRESENTE A PRESTAÇÃO DE CONTAS DESDE A DATA DO INICIO DA INTERVENÇÃO, O SENHOR JEFERSON WILLIAM MOSCHEN, PRESIDENTE DA COMISSÃO INTERVENTORA COMPARECERÁ PARA DEVIDOS ESCLARECIMENTOS DE FORMA PRESENCIAL E VERBAL NA SESSÃO ORDINÁRIA DO DIA 13 DE MARÇO DE 2017, FICANDO À DISPOSIÇÃO DOS INTERESSADOS.</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t xml:space="preserve">Comissão de Legislação e Redação Final </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA 001 - PL 005.2017_x000D_
 SUPRIME-SE O INCISO IV, DO ART. 10, DA LEI MUNICIPAL Nº 2.835/2010, REFERENTE AO PROJETO DE LEI Nº. 005/2017</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA E SUPRESSIVA 001/2017 - MODIFICAM-SE OS ARTIGOS 1º E 2º E SUPRIMEM-SE OS ARTIGOS 3º, 4º E 5º, DO PROJETO DE LEI Nº. 006/2017.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA MODIFICATIVA 002/2017 AO PLO 011/2017 QUE "ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 3.502, DE 21 DE OUTUBRO DE 2016, QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTARIA 2017" </t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Renan Sartori</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE A REDAÇÃO DO ARTIGO 1º DO PROJETO DE LEI DO LEGISLATIVO Nº 015/2017</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t xml:space="preserve">Manu </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE O ART. 2º, ART. 7º, ART. 9º E ART. 10º DO PROJETO DE LEI DO LEGISLATIVO Nº 014/2017, QUE "INSTITUI O SISTEMA COLABORATIVO DE SEGURANÇA E MONITORAMENTO NO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIA."</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Rafael Ronsoni</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE A REDAÇÃO DO ARTIGO 1º E DO PARAGRAFO ÚNICO DO PROJETO DE LEI Nº 021/2017.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>Everton Michaelsen</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE A REDAÇÃO DO ARTIGO 2º, §2º, DO PROJETO DE LEI Nº021/2017.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE A REDAÇÃO DA EMENTA, DO ART. 1º E PARAGRAFO ÚNICO DO PROJETO DE LEI Nº 021/2017.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE O INCISO II, DO ART. 3º, DO PROJETO DE LEI DO LEGISLATIVO Nº. 020/2017</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>Rosi Ecker Schmitt</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA O INCISO VII DO ART. 4º, O INCISO VIII DO ART. 5º, E ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 5º, DO PROJETO DE LEI Nº 028/2017.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MODIFICA-SE O § 1º, DO ART. 2º, DO PROJETO DE LEI Nº. 028/2017, QUE ALTERA DISPOSITIVOS DA LEI Nº 2.667, DE 20 DE MAIO DE 2008, QUE CRIA O ZONEAMENTO DE USO DA PUBLICIDADE E PROPAGANDA, REGULAMENTA OS TIPOS, MODELOS E DEMAIS REQUISITOS A SEREM ATENDIDOS PARA O LICENCIAMENTO DE ENGENHOS PUBLICITÁRIOS E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>Professor Daniel</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE A EMENTA E O ARTIGO 1° DO PLL 025/2017.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.docx</t>
   </si>
   <si>
     <t>MODIFICA-SE O ANEXO ÚNICO, DO PROJETO DE LEI Nº. 043/2017, QUE &amp;#8220;DISPÕE SOBRE A CONCESSÃO, PAGAMENTO E A PRESTAÇÃO DE CONTAS DE DIÁRIAS AOS AGENTES PÚBLICOS E POLÍTICOS DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO 4° E OS INCISOS I,II E III DO ARTIGO 68 DO PROJETO DE EMENDA A LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>EILOA</t>
   </si>
   <si>
     <t>Emenda Impositiva a LOA</t>
   </si>
   <si>
     <t>EMENDA QUE DESTINA R$ 75000,00 (SETENTA E CINCO MIL REAIS), PARA A REALIZAÇÃO DE MELHORIAS NA ESTRUTURA DOS POSTOS DE SAÚDE.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA QUE DESTINA R$ 25000,00 (VINTE E CINCO MIL REAIS) PARA A ENTIDADE PAMA (MITRA).</t>
   </si>
   <si>
     <t>957</t>
   </si>
@@ -2026,826 +2026,826 @@
   <si>
     <t>994</t>
   </si>
   <si>
     <t xml:space="preserve">A PRESENTE EMENDA VISA DESTINAR R$ 30.000,00 (TRINTA MIL REAIS), PARA O FUNDO DE CULTURA. </t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t xml:space="preserve">A PRESENTE EMENDA VISA DESTINAR R$ 15.000,00 (QUINZE MIL REAIS), PARA IMPLEMENTAÇÃO DO FUNDO DE TURISMO. </t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>A PRESENTE EMENDA VISA DESTINAR R$ 15.000,00 (QUINZE MIL REAIS), PARA O INSTITUO CRERH.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À EMPRESA GAÚCHA DE RODOVIAS &amp;#8211; EGR, QUE REALIZE A LIMPEZA DAS PLACAS DE TRÂNSITO, BEM COMO A ROÇADA EM SEUS ARREDORES EM DETERMINADO TRECHO DA ERS-115, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>Comissão de Saúde, Educação e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A RELAÇÃO COM O NOME E ENDEREÇO DOS ESTUDANTES DESTE MUNICÍPIO QUE UTILIZAM O TRANSPORTE UNIVERSITÁRIO E OS HISTÓRICOS DE COMPROVAÇÃO DE TÉRMINO DE ENSINO MÉDIO. </t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À COMISSÃO INTERVENTORA DO HOSPITAL ARCANJO SÃO MIGUEL O ESTUDO PARA A REDUÇÃO DOS VALORES DO ESTACIONAMENTO. </t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE QUE SEJA ENCAMINHADO CÓPIA DO CONTRATO ENTRE A GRAMADOTUR E A ORQUESTRA SINFÔNICA DE GRAMADO.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O FISCAL DE CONTRATO DA EMPRESA VENCEDORA DO PROJETO E DA EMPRESA DE EXECUÇÃO DO PROJETO PÁSCOA 2017. TAMBÉM SOLICITA JUNTADA DE PARECER/LAUDO TÉCNICOS DO FISCAL DE PROJETO.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DA LICITAÇÃO E CONTRATO DA EMPRESA EXECUTORA DA DECORAÇÃO URBANA DA PÁSCOA 2017.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DA LICITAÇÃO E DO CONTRATO DA EMPRESA VENCEDORA DO PROJETO PÁSCOA 2017.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A GRAMADOTUR PARA QUE A MESMA FORNEÇA CÓPIA DAS ATAS DE REUNIÕES DO CONSELHO DE ADMINISTRAÇÃO, QUE DEFINIRAM A SUBSTITUIÇÃO DA PRESIDÊNCIA DO CONSELHO DIRETOR.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A EGR (EMPRESA GAÚCHA DE RODOVIAS) UM ESTUDO DE VIABILIDADE PARA QUE NA RODOVIA GRAMADO-CANELA (ERS 235), SENTIDO OPOSTO, SEJA AMPLIADO O RECUO QUE DÁ ACESSO A RUA ACÁCIA NEGRA LOCALIZADO EM FRENTE Á LOJA TAQUI NA AVENIDA DAS HORTÊNSIAS, NESTE MUNICÍPIO.		</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS- CORREIOS O ESTUDO DE VIABILIDADE PARA QUE SE FAÇA A MANTENÇA DA AGÊNCIA PERTENCENTE AO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A EMPRESA CITRAL TRANSPORTES E TURISMO S/A, ESTUDE A POSSIBILIDADE DE UTILIZAR AS PARADAS DE ÔNIBUS DOS BAIRROS TRÊS PINHEIROS E JARDIM, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA A COMPANHIA RIOGRANDENSE DE SANEAMENTO - CORSAN PROVIDENCIE REDE DE ABASTECIMENTO DE ÁGUA NO TRECHO QUE AINDA FALTA NA ESTRADA SERRA GRANDE, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À ASSOCIAÇÃO GRAMADENSE DE ESTUDANTES UNIVERSITÁRIOS - AGEU, O COMPROVANTE DE ENSINO MÉDIO DOS ESTUDANTES CADASTRADOS. </t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REDUTOR DE VELOCIDADE NA ERS-235 EM FRENTE AO NÚMERO 32974, NO BAIRRO CASAGRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA OS ESTUDOS REALIZADOS PELA EGR PARA O FECHAMENTO DE UM DOS SENTIDOS DA RUA MIGUEL TISSOT, NO MUNICÍPIO DE GRAMADO/RS. </t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O FECHAMENTO DE BURACO EXISTENTE NA RUA PINGO D'OURO NO LOTEAMENTO ALTOS DA VIAÇÃO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À CORSAN (COMPANHIA RIOGRANDENSE DE SANEAMENTO) INFORMAÇÕES ACERCA DE HIDRANTES FALTANTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Comissão de Defesa dos Direitos Humanos</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO COMANDO DA BRIGADA MILITAR DE GRAMADO ESTUDO DE VIABILIDADE PARA ESTABELECER UMA RONDA OU VIGILÂNCIA NAS IMEDIAÇÕES DA TRAVESSA MESTRE (ONDE SE ENCONTRA O ANTIGO BILL BAR).</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DO SINDICATO DOS LOJISTAS DA REGIÃO DAS HORTÊNSIAS, NO CONSELHO DE ADMINISTRAÇÃO DA GRAMADOTUR.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O AUMENTO NO RECUO DE ENTRADA E SAÍDA DO BAIRRO JARDIM, NA ERS- 115, NO MUNICÍPIO DE GRAMADO/RS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.docx</t>
   </si>
   <si>
     <t>RECOMENDA A GRAMADOTUR UMA ANÁLISE PARA A TROCA DO ESPAÇO EM QUE OCORRE A FESTA DA COLÔNIA PARA A ÁREA PLANA QUE ATUALMENTE É UTILIZADA COMO ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO ENTORNO DA CAIXA D&amp;#8217;AGUA LOCALIZADA AO LADO DA ESCOLA ESTADUAL DAVID CANABARRO, BAIRRO JARDIM.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO DAER PARA QUE REIVINDIQUE MELHORIAS NOS SERVIÇOS PRESTADOS PELA CITRAL NAS LINHAS INTERMUNICIPAIS.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO HOSPITAL ARCANJO SÃO MIGUEL SOBRE A INICIATIVA  "HOSPITAL AMIGO DA CRIANÇA".</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A PATRAM PATRULHAMENTO NA ESTRADA DO MELEIRO LOCALIZADA NO BAIRRO CARNIEL,NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA A RGE, UM ESTUDO DE VIABILIDADE PARA O MELHORAMENTO DA REDE ELÉTRICA DOS BAIRROS VALE DOS PINHEIROS E LINHA CARAZAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO HOSPITAL ARCANJO SÃO MIGUEL, QUE ATRAVÉS DE SUA COMISSÃO INTERVENTORA, EXPLIQUE SOBRE A FALTA E O ATRASO NOS PAGAMENTOS DOS SERVIÇOS MÉDICOS.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À EMPRESA GRAMADO TURISMO QUE DISPONIBILIZE MAIS HORÁRIOS DE ÔNIBUS NA LINHA: CENTRO- LINHA QUILOMBO, CARAHÁ E 28. BEM COMO DA LINHA QUILOMBO, CARAHÁ E 28 - CENTRO.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM AO COMANDO AMBIENTAL DA BRIGADA MILITAR - PATRAN, PARA QUE PROVIDENCIE COPIA DO RELATÓRIO DA OBRA EMBARGADA AVENIDA BORGES DE MEDEIROS NO Nº 2792, NO BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A ESTA CASA QUE ENCAMINHE A INDICAÇÃO, DIRIGIDA ÀS EMPRESAS DE TELECOMUNICAÇÕES, PARA QUE PROMOVAM MELHORIAS NO SINAL DE TELEFONE MÓVEL NAS LOCALIDADES DE CAMPESTRE DO TIGRE E VALE DOS PINHEIROS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO A EMPRESA GRAMADO TURISMO ONDE SOLICITA ESTUDO DE VIABILIDADE, PARA QUE SEJAM DISPONIBILIZADOS MAIS HORÁRIOS DE LINHA DE ÔNIBUS NO TRAJETO CENTRO &amp;#8211; SERRA GRANDE BEM COMO, SERRA GRANDE &amp;#8211; CENTRO. </t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EGR, INDICAÇÃO, QUESTIONANDO SOBRE DE QUEM É A RESPONSABILIDADE DAS OBRAS DE MELHORIA DE INFRAESTRUTURA NO TRECHO QUE COMPREENDE O ENTRONCAMENTO DA RS 235 COM A RUA LINHA CARAZAL.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE QUADRO DE FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INDICAÇÃO A CORSAN, REITERANDO A INSTALAÇÃO DE REDE DE ÁGUA TRATADA PARA REGIÕES DA LINHA BONITA E LINHA NOVA, EM FUNÇÃO DO GRANDE NÚMERO DE MORADORES E DE AGRONEGÓCIOS EXISTENTES DA REGIÃO.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A GRAMADOTUR, ATRAVÉS DOS RECURSOS DA TAXA DO TURISMO, QUE CONFECCIONE MAPAS TURÍSTICOS DO MUNICÍPIO, PARA DISTRIBUIÇÃO GRATUITA EM TODO O TRADE TURISTICO LOCAL.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA  QUE SEJAM INFORMADOS OS MOTIVOS DE GRAMADO NÃO ESTAR ELENCADO NA LISTA DOS MUNICÍPIOS ONDE SERÃO REALIZADAS OBRAS PRIORITÁRIAS DA CORSAN. </t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A EMPRESA GRAMADO TURISMO PARA QUE SEJAM DISPONIBILIZADOS MAIS HORÁRIOS DE ÔNIBUS NO TRAJETO CENTRO- VALE DOS PINHEIROS, BEM COMO VALE DOS PINHEIROS- CENTRO.  </t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À EGR A LIMPEZA E O RECOLHIMENTO DE LIXO NAS MARGENS DA ERS-115.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CORSAN (COMPANHIA RIO-GRANDENSE DE SANEAMENTO), A INSTALAÇÃO DE REDE DE ÁGUA TRATADA NA REGIÃO DA LINHA ÁVILA ALTA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UMA PARADA DE ÔNIBUS NA ERS &amp;#8211; 115, NA RÓTULA DO BAIRRO TRÊS PINHEIROS, SAÍDA DO SERRA PARK, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DETALHADAS SOBRE O QUADRO DE FUNCIONÁRIOS DO HOSPITAL ARCANJO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CORSAN, A INSTALAÇÃO DE UMA EBE(ESTAÇÃO DE BOMBEAMENTO DO ESGOTO), NAS PROXIMIDADES DO PARADOURO DO LAGO NEGRO, PARA BOMBEAR O MATERIAL ALI RECOLHIDO, ATÉ A REDE PÚBLICA DE ESGOTO JUNTO A RUA BRUNO ERNEST RIEGEL.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJAM TOMADAS AS MEDIDAS CABÍVEIS PARA SANAR O PROBLEMA DE ESGOTO A CÉU ABERTO NA RUA VEREADOR CARLOS ALTREITER FILHO, BAIRRO VILA DO SOL. </t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RGE, AGILIZAÇÃO NA INSTALAÇÃO DE REDE TRIFÁSICA NAS LOCALIDADES DA LINHA FURNA E PEDRAS BRANCAS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A POLÍCIA RODOVIÁRIA ESTADUAL, PARA QUE AUXILIE O TRÁFEGO NA AV. WALTER BERTOLUCI (RS 235), NAS PROXIMIDADES DO CONTROLADOR DE VELOCIDADE DO KM 36._x000D_
 </t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À CORSAN CONTINUAÇÃO DO ENCANAMENTO PARA ÁGUA TRATADA NO FINAL DA ESTRADA JOSÉ BERGAMO FILHO.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À EMPRESA GRAMADO TURISMO A DISPONIBILIZAÇÃO DE MAIS HORÁRIOS DE ÔNIBUS PELA MANHÃ, NO TRECHO LOTEAMENTO MAZZURANA-CENTRO.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A AUTARQUIA MUNICIPAL DE TURISMO GRAMADOTUR, INFORME SE O CONTRATO DECORRENTE DA LICITAÇÃO MODALIDADE PREGÃO 023/2017, CUJO OBJETO É A CONTRATAÇÃO DE EMPRESA PARA A PRODUÇÃO E EXECUÇÃO DO PROJETO DE CENOGRAFIA DO 45° FESTIVAL DE CINEMA DE GRAMADO ESTÁ SENDO CUMPRIDO INTEGRALMENTE NOS TERMOS PREVISTOS NO EDITAL E MEMORIAL DESCRITIVO, INCLUSIVE COM O EMPREGO DE MATERIAIS E ESPECIFICAÇÕES CONTIDAS, APRESENTANDO, INCLUSIVE MANIFESTAÇÃO DO FISCAL DO CONTRATO.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DAER ESTUDO DE VIABILIDADE PARA A COLOCAÇÃO DE MEDIDA CABÍVEL PARA REDUÇÃO DE VELOCIDADE NA RS-373, PRÓXIMO AO Nº4500, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA SOLICITAÇÃO À GRAMADOTUR PARA QUE A MESMA ENVIE RELATÓRIO DETALHADO CONTENDO TODAS AS MOVIMENTAÇÕES EFETUADAS COM OS RECURSOS DA TAXA DE TURISMO.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA BALANÇOS E DEMONSTRAÇÕES DE RESULTADOS, DOS EXERCÍCIOS DOS ANOS 2014, 2015 E 2016.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA O DISPOSTO NA INDICAÇÃO Nº 013/2016, QUANTO A CONSTRUÇÃO DE UMA ROTULA NA ERS 115, KM 37, NA TRAVESSIA DA RUA FAUSTINO RISSI COM A ERS115, E SOLICITA INFORMAÇÕES SOBRE O INICIO DA CONSTRUÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA O DISPOSTO NA INDICAÇÃO Nº 013/2016, QUANTO A CONSTRUÇÃO DE UMA ROTULA NA ERS 115, KM 37, NA TRAVESSIA ENTRE A AV. DO TRABALHADOR, A ERS 115 E A AV. PRIMEIRO DE MAIO, E SOLICITA INFORMAÇÕES SOBRE O INICIO DA CONSTRUÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CORSAN (COMPANHIA RIO-GRANDENSE DE SANEAMENTO), A CONTINUAÇÃO DA INSTALAÇÃO DE REDE DE ÁGUA TRATADA NA ERS 373.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CORSAN (COMPANHIA RIO-GRANDENSE DE SANEAMENTO), A INSTALAÇÃO DE REDE DE ÁGUA TRATADA NA REGIÃO DA LINHA 28.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CORSAN (COMPANHIA RIO-GRANDENSE DE SANEAMENTO), A INSTALAÇÃO DE REDE DE ÁGUA TRATADA NA REGIÃO DA LINHA QUILOMBO.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO CORPO DE BOMBEIROS MILITAR DE GRAMADO, PARA QUE SEJAM TOMADOS PROVIDENCIAS, REFERENTE À AVALIAÇÃO EFETUADA POR TÉCNICOS DA PREFEITURA MUNICIPAL, CONSTANDO AS CONDIÇÕES PRECÁRIAS DO DECK EXISTENTE NA AV. BORGES DE MEDEIROS, EM FRENTE AO LAGO JOAQUINA RITA BIER.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À AUTARQUIA MUNICIPAL - GRAMADOTUR, PARA QUE SEJAM TOMADAS PROVIDENCIAS, REFERENTE À AVALIAÇÃO EFETUADA POR TÉCNICOS DA PREFEITURA MUNICIPAL, CONSTANDO AS CONDIÇÕES PRECÁRIAS DO DECK EXISTENTE NA AV. BORGES DE MEDEIROS, EM FRENTE AO LAGO JOAQUINA RITA BIER.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA A OI TELEFONIA PARA QUE SEJAM REALIZADAS MELHORIAS NA REDE DE TELEFONIA MÓVEL E INTERNET EM GRAMADO, PRINCIPALMENTE NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA OS CORREIOS PARA QUE SEJA DISPONIBILIZADO O SERVIÇO DE ENTREGA DE CORRESPONDÊNCIA NO LOTEAMENTO ALTOS DA VIAÇÃO FÉRREA, BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O PROCESSO LICITATÓRIO, BEM COMO, O CONTRATO DA EMPRESA VENCEDORA DA LICITAÇÃO DA CONFECÇÃO DAS PLACAS INDICATIVAS AFIXADAS NO HOSPITAL ARCANJO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA A RGE RIO GRANDE ENERGIA PARA QUE SEJA REALIZADO ESTUDO DE VIABILIDADE PARA A DISPONIBILIZAÇÃO DE REDE TRIFÁSICA PARA AS LINHAS DO INTERIOR DO MUNICÍPIO DE GRAMADO ONDE ESTÃO LOCALIZADAS AS AGROINDÚSTRIAS.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INDICAÇÃO PARA QUE A EMPRESA REK PARKING FAÇA ADEQUAÇÃO AO NÚMERO DE VAGAS DE ESTACIONAMENTO, DESTINADAS PARA IDOSO E DEFICIENTE FÍSICO. </t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE AS COTAÇÕES REALIZADAS PARA A CONFECÇÃO DAS PLACAS INDICATIVAS AFIXADAS NO HOSPITAL ARCANJO SÃO MIGUEL, BEM COMO, O CONTRATO DA EMPRESA CONTRATADA PARA A CONFECÇÃO DO MATERIAL/SERVIÇO.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À COMISSÃO INTERVENTORA DO HOSPITAL ARCANJO SÃO MIGUEL, OS BALANÇOS PATRIMONIAIS DOS EXERCÍCIOS DOS ANOS 2014, 2015 E 2016.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA NOVAMENTE, INFORMAÇÕES DETALHADAS SOBRE O QUADRO DE FUNCIONÁRIOS DO HOSPITAL ARCANJO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INDICAÇÃO A EMPRESA REK PARKING, ATRAVÉS DE CONVENIO COM SINDICATO DE CATEGORIA SEJA ESTUDADO A VIABILIDADE DE DESCONTO DO VALOR NO ESTACIONAMENTO ROTATIVO</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INDICAÇÃO PARA EMPRESA DE TELEFONIA OI, PARA QUE SEJA AMPLIADA A COBERTURA DE SINAL DE INTERNET, NAS REFERIDAS LOCALIDADES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO HOSPITAL ARCANJO SÃO MIGUEL A DISPONIBILIZAÇÃO DE MÉDICOS PLANTONISTAS PEDIÁTRICOS NO PERÍODO NOTURNO.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE A EGR -EMPRESA GAÚCHA DE RODOVIAIS INFORME SOBRE QUAL A PREVISÃO PARA A RETOMADA DO FUNCIONAMENTO DOS CONTROLADORES DE VELOCIDADE ENCONTRADOS NA ERS 115 E ERS 235 SITUADAS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 SOLICITA À GRAMADOTUR O ENVIO DE ART (ANOTAÇÃO DE RESPONSABILIDADE TÉCNICA) DAS ARQUIBANCADAS E COBERTURAS CONTRATADAS PARA O NATAL LUZ BEM COMO OS LAUDOS DO CORPO DE BOMBEIROS_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À GRAMADOTUR PARA QUE AS RUAS SÃO PEDRO E GARIBALDI SEJAM CONTEMPLADAS COM A DECORAÇÃO NATALINA.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO ABASTECIMENTO DE ÁGUA PARA OS BAIRROS DURANTE O EVENTO NATAL LUZ.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INDICAÇÃO PARA O CONSELHO MUNICIPAL DE CULTURA, PARA QUE SEJA DESTINADOS RECURSOS À BIBLIOTECA PÚBLICA MUNICIPAL CYRO MARTINS, DESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DOCUMENTAÇÃO FINANCEIRA DO HOSPITAL ARCANJO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA BUSTUR QUE SEJAM DISPONIBILIZADOS MAIS HORÁRIOS NA LINHA DE ÔNIBUS NO TRAJETO VALE DOS PINHEIROS  E VALE DOS PINHEIROS -CENTRO.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA BUSTUR QUE SEJAM DISPONIBILIZADOS MAIS HORÁRIOS NA LINHA DE ÔNIBUS NO TRAJETO CENTRO-CAMPESTRE DO TIGRE E CAMPESTRE DO TIGRE-CENTRO.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INDICAÇÃO PARA QUE A EGR - EMPRESA GAÚCHA DE RODOVIAS, REALIZE SISTEMA DE DRENAGEM PLUVIAL NO ACOSTAMENTO DA VIA COMPREENDIDO NO TRECHO ENTRE O PÓRTICO DE SAÍDA PARA NOVA PETRÓPOLIS ATÉ A ENTRADA DO BAIRRO CASAGRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA GRAMADO TURISMO O ESTUDO DE VIABILIDADE, PARA QUE SEJAM DISPONIBILIZADOS MAIS HORÁRIOS DE LINHA DE ÔNIBUS NO TRAJETO CENTRO &amp;#8211; LINHA MARCONDES BEM COMO, LINHA MARCONDES &amp;#8211; CENTRO, INCLUSIVE NOS FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA UM ESTUDO DE VIABILIDADE, PARA QUE SEJAM DISPONIBILIZADOS HORÁRIOS DE LINHA DE ÔNIBUS NO TRAJETO CENTRO &amp;#8211; LINHA ÁVILA BAIXA BEM COMO, LINHA ÁVILA BAIXA &amp;#8211; CENTRO.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A ESTA CASA QUE ENCAMINHE A AUTARQUIA DA GRAMADOTUR, INDICAÇÃO, PARA QUE SEJA ENVIADA CÓPIA DO LAUDO DA PERÍCIA REFERENTE AO INCIDENTE OCORRIDO NA EXPOGRAMADO NO DIA 19 DE OUTUBRO DE 2017, ONDE TEVE A ESTRUTURA DO NATAL LUZ DANIFICADA. </t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE O DAER- DEPARTAMENTO AUTÔNOMO DE RODAGENS,INFORME SOBRE QUAL A PREVISÃO PARA A RETOMADA DO FUNCIONAMENTO DOS CONTROLADORES DE VELOCIDADE ENCONTRADOS NA ERS 115 E ERS 235 SITUADAS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA A REVISÃO NA ILUMINAÇÃO DA DECORAÇÃO DO EVENTO NATAL LUZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CORSAN PARA QUE MANIFESTE SE HÁ ALGUM PROJETO DE MELHORIAS NO LAGO JOAQUINA RITA BIER.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À EMPRESA GAÚCHA DE RODOVIAS- EGR, INFORMAÇÕES SOBRE AS OBRAS PARA A ABERTURA DA RUA MIGUEL TISSOT, NO MUNICÍPIO DE GRAMADO/RS. </t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE O CADASTRO DE USUÁRIOS QUE UTILIZAM O CARTÃO MAGNÉTICO DE ACESSO AO ESTACIONAMENTO DO HOSPITAL ARCANJO SÃO MIGUEL._x000D_
 </t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>João Alfredo de Castilhos Bertolucci</t>
   </si>
   <si>
     <t>MENSAGEM RETIFICATIVA, REFERENTE AO SUBSTITUTIVO DO PROJETO DE LEI Nº 12/2017 "O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR COM O CONVENTION &amp; VISITORS BUREAU."</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>MENSAGEM RETIFICATIVA, REFERENTE AO PROJETO DE LEI Nº 014/2017 "ALTERA DISPOSITIVOS DA LEI 2914.11 - QUADRO GERAL DOS SERVIDORES - DIRETOR DE UBS E FISCAIS DE POSTURAS"</t>
@@ -2964,5822 +2964,5822 @@
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.158, DE 18 DE DEZEMBRO DE 2003, QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO MUNICIPAL NO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.305, DE 28 DE AGOSTO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS ANEXOS II E III DA LEI MUNICIPAL Nº 2.158, DE 18 DE DEZEMBRO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO AO SR. JOSÉ AMAURI VASCONCELOS MACHADOS PELOS 35 ANOS INTERRUPTOS COMO RADIALISTA NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO CONTRA A PEC 287/2016 DA REFORMA DA PREVIDÊNCIA</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO QUE VISA PRESTIGIAR A PASSAGEM DOS 40 ANOS DO CLUBE DE TIRO CAÇA E PESCA DA CIDADE DE GRAMADO.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DE 75 ANOS DA ESCOLA MUNICIPAL PADRE ANCHIETA.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve"> MOÇÃO QUE VISA PRESTIGIAR A PASSAGEM DOS 70 ANOS DO HOSPITAL ARCANJO SÃO MIGUEL NA CIDADE DE GRAMADO.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À PASSAGEM DOS 70 ANOS DO CONSELHO REGIONAL DE CONTABILIDADE DO RIO GRANDE DO SUL - CRCRS</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO PELA PASSAGEM DOS 30 ANOS DA INSTALAÇÃO DA SUBSEÇÃO DA OAB (ORDEM DOS ADVOGADOS DO BRASIL) DE CANELA/GRAMADO.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À EMPRESA TISOTT ESPORTES, PELA PASSAGEM DOS 57 ANOS DE ATIVIDADES NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO À OPERAÇÃO LAVA-JATO E AO JUIZ FEDERAL SÉRGIO MORO</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO À PASSAGEM DOS 10 ANOS DA REVISTA GRAMADO MAGAZINE.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO QUE VISA PRESTIGIAR A PASSAGEM DOS 30 ANOS DA ASSOCIAÇÃO LATINO-AMERICANA DE PUBLICIDADE - ALAP</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO CONTRA A PRIVATIZAÇÃO DA ESTATAL CORSAN.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 18 ANOS DE FUNDAÇÃO DO CENTRO DE REABILITAÇÃO EMANUEL REGIÃO DAS HORTÊNSIAS - CRERH, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO A MANUTENÇÃO DA 106º ZONA ELEITORAL, LOCALIZADA NO MUNICIPIO DE GRAMADO</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 29 ANOS DE INSTALAÇÃO DO CORPO DE BOMBEIROS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO DOS 45 ANOS DA ASSOCIAÇÃO ATLÉTICA DO BANCO DO BRASIL (AABB).</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO À EGR - EMPRESA GAÚCHA DE RODOVIAS REFERENTE AO PROVÁVEL AUMENTO NOS VALORES DAS TARIFAS DOS PEDÁGIOS DO ESTADO.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO PELA PASSAGEM DOS 50 ANOS DA UNIVERSIDADE DE CAXIAS DO SUL - UCS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 40 ANOS DE FUNDAÇÃO DO CHOCOLATE CASEIRO PLANALTO</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS ATLETAS GRAMADENSES QUE CONQUISTARAM TÍTULOS NO 34º CAMPEONATO BRASILEIRO DE TAEKWONDO.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO PELA PASSAGEM DOS 35 ANOS DO RESTAURANTE NONNO MIO</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS ATLETAS GRAMADENSES QUE CONQUISTARAM TÍTULOS NO SUL - AMERICANO DE JIU JITSU - CRIANÇAS.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE REPÚDIO AO PARCELAMENTO DOS SALÁRIOS DOS SERVIDORES PÚBLICOS ESTADUAIS DO RIO GRANDE DO SUL </t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A BANDA MARCIAL DA ESCOLA MUNICIPAL SENADOR SALGADO FILHO PELA PASSAGEM DE SEUS 20 ANOS DE MÚSICA, ALEGRIA E EDUCAÇÃO.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 12 ANOS DE TRABALHOS DESENVOLVIDOS PELO PAMA-PASTORAL DO MENOR ADOLESCENTE DO BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PASTOR PAULO MACHADO DA CRUZ PELOS 17 ANOS DE  TRABALHO SOCIAL E EVANGELÍSTICO REALIZADOS NA CIDADE DE GRAMADO</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 13 ANOS DE INSTALAÇÃO NO MUNICÍPIO DE GRAMADO DO 1º BPAT &amp;#8211; BATALHÃO DE POLICIAMENTO EM ÁREAS TURÍSTICAS.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO AO GRAMADENSE RAMIRO MOSCHEN BENETTI, PELA CONQUISTA DO TÍTULO DE TRI CAMPEÃO DA COPA LIBERTADORES DA AMÉRICA 2017, PELO GRÊMIO FUTEBOL PORTO ALEGRENSE</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PELA PASSAGEM DOS 25 ANOS DE FUNDAÇÃO DA EMPRESA FARM HOME MARCENARIA DESIGN, NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO DO TRABALHO REALIZADO PELA POLÍCIA CIVIL DE GRAMADO.</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t xml:space="preserve">OFÍCIO Nº D0018/2017, DA CAIXA ECONÔMICA FEDERAL, QUE ENCAMINHA INFORMAÇÃO SOBRE A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA A CONCLUSÃO DO GINÁSIO DA VILA OLÍMPICA DA VÁRZEA GRANDE </t>
   </si>
   <si>
     <t>OFÍCIO Nº D1369/2016, DA CAIXA ECONÔMICA FEDERAL, QUE ENCAMINHA INFORMAÇÃO SOBRE A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA A IMPLANTAÇÃO DO 2º QUADRANTE DA PERIMETRAL - ANEL VIÁRIO 1º TRECHO.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>PINC</t>
   </si>
   <si>
     <t>Parecer de Inconstitucionalidade</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCLUI PELA INCONSTITUCIONALIDADE MATERIAL AO PLO 045/2017</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> 	 CONCLUI PELA INCONSTITUCIONALIDADE MATERIAL AO PLO 046/2017</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCLUI PELA INCONSTITUCIONALIDADE MATERIAL AO PLO 061/2017 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCLUI PELA INCONSTITUCIONALIDADE MATERIAL AO PLO 060/2017 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCLUI PELA INCONSTITUCIONALIDADE MATERIAL AO PLO 056/2017 (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>INF</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE MEDICAMENTOS, LICITAÇÕES DE PRESTADORES DE SERVIÇOS, CONTRATOS A SEREM REALIZADOS EM 2017 E SOLICITA CÓPIA DE CONTRATO EM VIGÊNCIA DE REPASSE DA PREFEITURA MUNICIPAL DE GRAMADO PARA O HOSPITAL ARCANJO SÃO MIGUEL.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE ATENDIMENTOS DE ORTOPEDIA E TRAUMATOLOGIA PRESTADOS AOS MUNICÍPIOS DA REGIÃO, REALIZADOS NO HOSPITAL ARCANJO SÃO MIGUEL.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE QUAL O NÚMERO DE CRIANÇAS NO MUNICÍPIO INSCRITAS QUE AINDA AGUARDAM VAGAS PARA A EDUCAÇÃO INFANTIL.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DOS NÚMEROS DE PEDIDOS DO FALA CIDADÃO E ÍNDICE DE RESOLUÇÃO DOS PROBLEMAS NOS MESES DE JANEIRO E FEVEREIRO DESTE ANO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE PEDIDO DE INFORMAÇÃO SOBRE A FORMA E PERCENTUAL DE COMPRAS DE FRUTAS E VERDURAS PARA ALIMENTAÇÃO ESCOLAR, ORIUNDAS DA PRODUÇÃO DE AGRICULTORES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA DE CIDADANIA E ASSISTÊNCIA SOCIAL INFORMAÇÕES ACERCA DOS PROJETOS SOCIAIS EXISTENTES NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>Comissão de Desenvolvimento, Turismo e Cultura</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DE COMO ESTÁ O ESTUDO PARA O ENCAMINHAMENTO DO PROJETO DE LEI SOBRE O TRANSPORTE EXECUTIVO NO MUNICÍPIO</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DA SECRETARIA COMPETENTE REFERENTE A TERRAPLANAGEM NA RUA GETÚLIO VARGAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA MUNICIPAL DE SAÚDE INFORMAÇÕES SOBRE AS VIAGENS DOS MOTORISTAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA COMPETENTE CÓPIAS DO CARTÃO PONTO DE TODOS OS CCS, DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA DE ADMINISTRAÇÃO INFORMAÇÕES REFERENTE AO SECRETÁRIO MUNICIPAL DE TURISMO DE GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO ANDAMENTO DAS OBRAS DO MUSEU MAJOR NICOLETTI.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA CARRIERI, BAIRRO PLANALTO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA ATUAL SITUAÇÃO DA DEFESA CIVIL DE GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO CONCURSO PÚBLICO 01/2015, PARA A CONTRATAÇÃO DE TÉCNICO DE ENFERMAGEM.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE O EXECUTIVO MUNICIPAL INFORME O IDEB (ÍNDICE DE DESENVOLVIMENTO DO ENSINO BÁSICO) DE CADA ESCOLA MUNICIPAL NOS ÚLTIMOS QUATRO ANOS.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE TODOS OS CONTRATOS EMERGENCIAIS, JUNTAMENTE COM A CÓPIA INTEGRAL DA DISPENSA DE LICITAÇÃO DESTES.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO QUANTO A DATA PREVISTA PARA NORMALIZAÇÃO DA FALTA DE MEDICAMENTOS DA REDE PÚBLICA DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO CONCURSO PÚBLICO 01/2015 SOBRE AS VAGAS DE FISCAL SANITÁRIO.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE PARA QUE INFORME A SITUAÇÃO DO PONTO DE TÁXI NO BAIRRO VÁRZEA GRANDE, E RELAÇÃO AO NÚMERO DE VEÍCULOS QUE PRESTAM SERVIÇO NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE QUAL A DIFERENÇA DE TRÂMITES PARA VEREADORES DA OPOSIÇÃO E DA SITUAÇÃO, E SOBRE PROTOCOLO DA PREFEITURA.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIAS DAS LISTAS DE CONSULTAS DE ORTOPEDIA.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE INFORMAÇÃO DO SALDO NESTA DATA DA CONTA CORRENTE ORIUNDOS DA TAXA DE TURISMO</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE INFORMAÇÃO DO SALDO NESTA DATA NA CONTA CORRENTE DOS RECURSOS ORIUNDOS DO FUNDO MUNICIPAL DE TURISMO.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO UM LEVANTAMENTO DE CONSULTAS E EXAMES QUE AGUARDAM NA LISTA DE ESPERA ATÉ 31 DE MARÇO</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A CERCA DA SITUAÇÃO LEGAL E CONTRATUAL DA ANTENA TELEFÔNICA ENCONTRADA NA VILA DO SOL NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE VAGAS DO CONCURSO PÚBLICO 01/2015 REFERENTE AS VAGAS DE AGENTE COMUNITÁRIO.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A SITUAÇÃO DO CONVÊNIO ENTRE A APADEVI (ASSOCIAÇÃO DE PAIS E AMIGOS DO DEFICIENTE VISUAL) DE CAXIAS DO SUL COM A PREFEITURA MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE A SECRETARIA DE EDUCAÇÃO INFORME:_x000D_
 A) O NÚMERO DE PROFESSORES CONCURSADOS CHAMADOS NO ANO DE 2017;_x000D_
 B) A PERSPECTIVA DE CHAMADA DE PROFESSORES ATÉ O FINAL DO ANO (EDUCAÇÃO INFANTIL/FUNDAMENTAL);_x000D_
 C) RELAÇÃO DA NECESSIDADE DE PROFISSIONAIS A SEREM CHAMADOS (FUNCIONÁRIOS,MONITORES,ESTAGIÁRIOS E PROFESSORES);</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA APRESENTADO NESTA CASA A CÓPIA DA MODALIDADE DE CONTRATO REFERENTE A EMPRESA CRV SERVIÇOS TERCEIRIZADOS EIRELI</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE AS HORAS ATIVIDADES CONCEDIDAS AOS PROFESSORES DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LISTAGEM DE CRIANÇAS ATENDIDAS POR TODAS AS ESCOLAS MUNICIPAIS DE EDUCAÇÃO INFANTIL E PROFESSORES QUE AS ATENDEM. BEM COMO, LISTA DAS VAGAS FALTANTES.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES ACERCA DO CONTRATO VIGENTE COM A EMPRESA CORSAN. </t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE A POLÍTICA DE INCLUSÃO ADOTADA PELA SECRETARIA MUNICIPAL DE EDUCAÇÃO, NA ATUAL GESTÃO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTES AO PROGRAMA CULTURA NA ESCOLA E NOVO MAIS EDUCAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O PLANO MUNICIPAL DE EDUCAÇÃO E SOBRE A CONTINUIDADE DOS FÓRUNS E CONSELHOS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O NÚMERO DE CONSULTAS DE CADA ESPECIALIDADE, QUANTOS E QUAIS EXAMES FORAM LIBERADOS ATÉ O DIA 31 DE MARÇO DE 2017.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE O PROGRAMA ANTI TABAGISMO. </t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE OS VALORES NOMINAIS INVESTIDOS NA OBRA DA BARRAGEM DO PARQUE DOS PINHEIROS E TAMBÉM QUAL O VALOR ESTIMADO PARA A CONCLUSÃO DA OBRA.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DOS ATENDIMENTOS DE PSICOLOGIA E FONOAUDIOLOGIA PARA OS ALUNOS DA REDE PÚBLICA NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES ACERCA DO LAGO JOAQUINA RITA BIER. </t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO CONTRATO VIGENTE COM A EMPRESA CORSAN.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE APRESENTE NA MESMA A CÓPIA DE TODAS AS ATAS DE TRANSIÇÃO.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE O CONTRATO ENTRE PREFEITURA MUNICIPAL E O RESPONSÁVEL PELA COMERCIALIZAÇÃO DOS PRODUTOS DA CASA DO COLONO </t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO GABINETE DA PRIMEIRA DAMA INFORMAÇÕES ACERCA DOS ATENDIMENTOS REALIZADOS ÀS MULHERES GRAMADENSES QUE SOFREM COM VIOLÊNCIA DOMÉSTICA.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE SALDOS FINANCEIROS DAS CONTAS BANCARIAS DO MUNICÍPIO NO DIA 02 DE JANEIRO DE 2017.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA PREVISÃO DE RETORNO DAS CRIANÇAS COM DEFICIÊNCIA ÀS ESCOLINHAS DE EDUCAÇÃO INFANTIL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA PREVISÃO DE RETORNO DO PROGRAMA PIM (PRIMEIRA INFÂNCIA MELHOR) NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO DO HISTÓRICO DE REPETÊNCIA DO ENSINO FUNDAMENTAL NOS ÚLTIMOS QUATRO ANOS.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A CERCA DO ACORDO FIRMADO ENTRE A EGR, DAER, ASSOCIAÇÃO DE PINHAOZEIROS E PREFEITURA DE GRAMADO.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE OS VALORES REPASSADOS PELA EMPRESA REK PARKING PARA PREFEITURA MUNICIPAL NOS ANOS DE 2015 E 2016 E TAMBÉM SUAS DEVIDAS APLICAÇÕES.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A SITUAÇÃO DOS LOTES POPULARES NA LOCALIDADE DO CARAZAL NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICIRA INFORMAÇÕES ACERCA DO RECOLHIMENTO DE PRODUTOS COMERCIALIZADOS POR VENDEDORES DE FORA DA CIDADE DE GRAMADO.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE MUSEU FERROVIÁRIO DA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE AGRICULTURA INFORMAÇÕES SOBRE A SITUAÇÃO DO FORNECIMENTO DE ÁGUA DA LINHA CABOCLO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO FUNCIONAMENTO E MONITORAMENTO DAS CÂMERAS DE VIGILÂNCIA ADQUIRIDAS E INSTALADAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Comissão Especial para Estudo e Reforma da Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DE COMO ESTÁ O TRABALHO DE FISCALIZAÇÃO, INSTALAÇÃO E FUNCIONAMENTO DOS ELEVADORES DO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O CENTRO DE CULTURA DA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ATRAVÉS DA SECRETARIA COMPETENTE SOBRE QUAL A POLÍTICA PÚBLICA A SER DESENVOLVIDA REFERENTE A PROJETOS DE HABITAÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO TERMINAL RODOVIÁRIO E TURÍSTICO DA VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A DESTINAÇÃO DOS VALORES ARRECADADOS COM A COBRANÇA DA TAXA DE TURISMO COBRADA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE QUANTOS CCS E FGS FORAM CONTRATADOS DESDE 01 DE JANEIRO 2017 ATÉ O PRESENTE MOMENTO, SEPARADOS POR, SECRETARIA E CONTENDO O NOME DE CADA UM DESTES.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A INFORMAÇÃO EM RELAÇÃO A SERVIDORES CELETISTAS E QUE SEJA APRESENTADO GFIPS DESDE JANEIRO/2017.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO FUNCIONAMENTO DAS UNIDADES DE ESTRATÉGIA DE SAÚDE DA FAMÍLIA &amp;#8211; ESF, NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA COPIA DO PROJETO APROVADO E DE TODAS AS LICENÇAS DA OBRA QUE ESTA EM ANDAMENTO NA AVENIDA BORGES DE MEDEIROS NO Nº 2792, NO BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO ESTÁGIO DE IMPLANTAÇÃO LEGAL DO PROCEDIMENTO DE LICENCIAMENTO PARA A ELABORAÇÃO DE LEI ESPECÍFICA DE ANTENAS.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE QUANTO ESTÁ SENDO GASTO COM PUBLICIDADE E PROPAGANDA E QUAIS SÃO AS EMPRESAS QUE PRESTAM ESTES SERVIÇOS.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO CUIDADO COM OS IDOSOS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DA PORTARIA DO CONSELHO DO CONDEMA, DO CONSELHO DO PLANO DIRETOR E DO CONSELHO TÉCNICO DO PLANO DIRETOR.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DAS ATIVIDADES DO CONSELHO DO PLANO DIRETOR DO DESENVOLVIMENTO, CONSELHO TÉCNICO DO PLANO DIRETOR E CONDEMA.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DOS PROTOCOLOS REFERENTE AOS 29 PROJETOS QUE FORAM PROTOCOLADOS EM BRASÍLIA PELA SECRETARIA MUNICIPAL DE GOVERNANÇA E DESENVOLVIMENTO INTEGRADO.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM CÓPIA DO CONTRATO FIRMADO ENTRE A W. BERTOLUCCI ADMINISTRAÇÃO E PARTICIPAÇÕES E O CHOCOLATE LUGANO REFERENTE AO IMÓVEL NA AVENIDA BORGES DE MEDEIROS NO Nº 2792, NO BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA SITUAÇÃO DE MONITORES E ESTAGIÁRIOS QUE ESTÃO ATUANDO COMO EDUCADORES EM BERÇÁRIOS E A RESPEITO DOS TRINTA DESDOBRAMENTOS DE EDUCADORES INFANTIS, UMA VEZ QUE HÁ VAGAS DE CONCURSO ABERTAS.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O ANDAMENTO DAS PRESTAÇÕES DE CONTAS DA ONG CONSCIÊNCIA ANIMAL.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DO CONTRATO E DA ATA COM OS PREÇOS DOS MEDICAMENTOS LICITADOS PELA SECRETARIA MUNICIPAL DE SAÚDE PARA A FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO CONTRATO FIRMADO PELA PREFEITURA DE GRAMADO PARA ARBITRAGEM NAS COMPETIÇÕES ESPORTIVAS, E AS NOTAS JÁ LIQUIDADAS DO MESMO CONTRATO</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LISTAGEM DE SERVIDORES QUE UTILIZAM O BENEFÍCIO DE TELEFONE FUNCIONAL.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA FALTA DE VAGAS NA EDUCAÇÃO INFANTIL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO PROGRAMA MUNICIPAL ESCOLA DE CINEMA - EDUCAVÍDEO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE A DEFESA CIVIL RESPONDA ALGUNS QUESTIONAMENTOS SOBRE OS EFEITOS CAUSADOS PELO EVENTO CLIMÁTICO QUE ATINGIU O MUNICÍPIO DE GRAMADO NA MANHA DO DIA 8 DE JUNHO DE 2017._x000D_
 A) NÚMERO DE IMÓVEIS ATINGIDOS;										_x000D_
 B) ESTIMATIVA DO PREJUÍZO MATERIAL;									_x000D_
 C) DE QUE FORMA E QUAIS FORAM AS INSTITUIÇÕES QUE PARTICIPARAM DOS TRABALHOS DE APOIO AS FAMÍLIAS ATINGIDAS PELO VENDAVAL?									D) QUANTIFICAÇÃO DO MATERIAL DISTRIBUÍDO;								_x000D_
 E) A DEFESA CIVIL DE GRAMADO ENTENDE ESTAR SUFICIENTEMENTE ESTRUTURADA PARA AGIR EM AÇÕES EMERGENCIAIS COMO A OCORRIDA NO DIA 8 DE JUNHO DE 2017? 		</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA FALTA DE ÁGUA TRATADA NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL CARLOS BARBOSA, NA LINHA QUILOMBO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DO CONTRATO FIRMADO ENTRE O MUNICÍPIO E A EMPRESA MALHARIAS LUCIRENE LTDA, E TAMBÉM EXPLICAÇÃO PARA QUAL FIM ESTA SENDO UTILIZADO O PRÉDIO LOCADO.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA DE EDUCAÇÃO INFORME  SOBRE A QUANTIDADE DE ALUNOS DA REDE MUNICIPAL QUE FAZEM O DESLOCAMENTO ZONA RURAL/ ZONA URBANA E QUAL O VALOR MENSAL DESTE TRANSPORTE.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE CONVÊNIO COM A ONG CONSCIÊNCIA ANIMAL.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A EXISTÊNCIA DE ALVARÁS PARA ESTABELECIMENTO COMERCIAL.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE NOMENCLATURA DE PRAÇA.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À SECRETARIA DE TURISMO DO MUNICÍPIO DE GRAMADO._x000D_
 </t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA DE CIDADANIA E ASSISTÊNCIA SOCIAL ESCLARECIMENTOS ACERCA DA RESPOSTA ENVIADA ATRAVÉS DO OFÍCIO CID Nº 620/2017 CORRESPONDENTE AO PEDIDO DE INFORMAÇÃO N° 086/2017.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LISTAGEM DE SERVIDORES PÚBLICOS CEDIDOS OU COLOCADOS À DISPOSIÇÃO, QUE RECEBEM O GF (GRATIFICAÇÃO DE FUNÇÃO), BEM COMO, VALORES DOS MESMOS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LISTAGEM DE DIRETORAS(ES) E VICE-DIRETORAS(ES) DAS ESCOLAS DE EDUCAÇÃO INFANTIL, ENSINO FUNDAMENTAL E EDUCAÇÃO ESPECIAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DAS PORTARIAS DE NOMEAÇÃO E DAS DECLARAÇÕES DE INEXISTÊNCIA DE PARENTESCO.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DOS REPASSES PÚBLICOS PARA O HOSPITAL.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LISTA DE TODOS OS PROJETOS PENDENTES DE ANÁLISE, APROVADOS OU REPROVADOS NAS SECRETARIAS DE MEIO AMBIENTE E DE PLANEJAMENTO.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÕES ACERCA DO FÓRUM MUNICIPAL DE EDUCAÇÃO DE GRAMADO. </t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM CÓPIA DO ALVARÁ, DO PLANO DE PREVENÇÃO DE INCÊNDIO E DO PLANO DE COLETA DE RESÍDUOS DE TODAS AS INDÚSTRIAS E COMÉRCIOS EXISTENTES NO BAIRRO CASAGRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM CÓPIA DE TODAS AS NOTAS QUE FORAM PAGAS, REFERENTE AO CONTRATO FIRMADO ENTRE O MUNICÍPIO E A EMPRESA MALHARIAS LUCIRENE LTDA.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA EXISTÊNCIA DE LOCAL PARA ESTACIONAMENTO DE ÔNIBUS E SIMILARES DURANTE A PRÓXIMA EDIÇÃO DO NATAL LUZ.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve"> SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO INFORME SE EXISTE INFRAESTRUTURA ADEQUADA PARA O ARMAZENAMENTO DO LEITE MATERNO E SE EXISTES ESPAÇOS ADEQUADOS PARA O ALEITAMENTO NAS ESCOLAS DE EDUCAÇÃO INFANTIL.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE QUAL FOI O AUXÍLIO OU INCENTIVO CONCEDIDO PARA A ASSOCIAÇÃO DOS PINHÃOZEIROS DE GRAMADO.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.docx</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DESCRITIVO DO VALOR MENSAL UTILIZADO POR CADA SERVIDOR EM SEUS TELEFONES FUNCIONAIS._x000D_
 </t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA LISTAGEM DE ESTAGIÁRIOS CONTRATADOS PELA PREFEITURA MUNICIPAL DE GRAMADO. _x000D_
 </t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À SECRETARIA DE EDUCAÇÃO ACERCA DA ESCOLHA DAS NOVAS DIRETORIAS DAS ESCOLAS MUNICIPAIS DO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE LICITAÇÕES DE ASFALTO CBUQ E PMAF MISTURADO A FRIO.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LISTA DE CIRURGIAS COM NOME DOS PACIENTES, REALIZADAS NO HOSPITAL ARCANJO SÃO MIGUEL PELO SUS NO PERÍODO DE JANEIRO A JUNHO DE 2017, ELETIVAS E DE URGÊNCIA DE GRAMADO E OUTROS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO DA RELAÇÃO DAS RUAS E A QUANTIDADE DE VAGAS DE ESTACIONAMENTO ADMINISTRADA PELA REK PARKING, BEM COMO NUMERO DE VAGAS DESTINADAS A IDOSOS E DEFICIENTES FÍSICOS.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESCLARECIMENTOS ACERCA DA NÃO RENOVAÇÃO DO CONTRATO DO MUNICÍPIO COM A CORSAN.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE INVESTIMENTOS NO HOSPITAL ARCANJO SÃO MIGUEL, NO PRIMEIRO SEMESTRE DOS ANOS DE 2016 E DE 2017.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE ESPORTE INFORME SOBRE O ANDAMENTO DO PROJETO "JIU-JITSU PARA TODOS" REALIZADO PELA ASSOCIAÇÃO JIU-JITSU GRAMADO. </t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A RETIRADA DE UMA PEDRA QUE SE ENCONTRA EM RISCO DE DESABAMENTO NA RUA JOÃO TOMAZI, LOTEAMENTO VILA DO SOL, BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE APLICAÇÃO DE RECURSOS DO MUNICÍPIO, NA ÁREA DA SAÚDE PÚBLICA, NO 1º SEMESTRE DE 2017.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE APLICAÇÃO DE RECURSOS DO MUNICÍPIO, NA ÁREA DE EDUCAÇÃO PÚBLICA, NO 1º SEMESTRE DE 2017.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES ACERCA DO RECOLHIMENTO DE LIXO ORGÂNICO E SECO NO LOTEAMENTO DELL FIORE PELA EMPRESA GERAL TRANSPORTE LTDS._x000D_
 </t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA METRAGEM PADRÃO DOS PASSEIOS PÚBLICOS DO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE, FORNEÇA INFORMAÇÕES SOBRE QUAL SECRETARIA MUNICIPAL ERA RESPONSÁVEL EM 2016 PELO HORTO MUNICIPAL DA LINHA TAPERA, TAMBÉM SE FOI EFETUADO ALGUM CONTRATO DE MANUTENÇÃO DAQUELA ÁREA INFORMANDO O NOME DA EMPRESA, OS VALORES PAGOS E QUAL O PERÍODO DE VIGÊNCIA DO CONTRATO.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES SOBRE O ANDAMENTO DO PROCESSO PARA AQUISIÇÃO DE TERRAS E AMPLIAÇÃO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PADRE JOSÉ SCHOLL.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA ATUAL SITUAÇÃO DAS CASCATAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES PARA SABER SE O MUNICÍPIO ADERIU AO PLANO DE METAS DO COMPROMISSO TODOS PELA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DOS ABRIGOS PARA CÃES E GATOS MANTIDOS PELO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE A SECRETARIA DE TRÂNSITO INFORME:_x000D_
 A) QUAL A ESTRUTURA DE PESSOAL E EQUIPAMENTOS EXISTENTES NA SECRETAORIA DE TRÂNSITO DE GRAMADO?_x000D_
 B) O NÚMERO DE AGENTES DE TRÂNSITO ATUANDO É SUFICIENTE PARA AS DEMANDAS DO MUNICÍPIO?_x000D_
 C) QUAL SERIA O NÚMERO ADEQUADO DE AGENTES DE TRÂNSITO?_x000D_
 D) QUAL SERIA A ESTRUTURA ADEQUADA E QUAIS SERIAM OS EQUIPAMENTOS A SEREM ADQUIRIDOS COM URGÊNCIA PELA SECRETARIA DE TRÂNSITO PARA O MELHOR ATENDIMENTO DA COMUNIDADE?_x000D_
 </t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE INFORME SOBRE QUAL O ANDAMENTO DO PROJETO PILOTO DE ENERGIA SUSTENTÁVEL REALIZADO NA PRAÇA DAS ETNIAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES ACERCA DA PROGRAMAÇÃO DA SEMANA FARROUPILHA DESTE ANO. </t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES MENSAIS DO RESULTADO DO REFIS.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A CONCESSÃO DOS PEDALINHOS DO LAGO NEGRO.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DA CONSTRUÇÃO DO GINÁSIO DA VILA OLÍMPICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA A SOLICITAÇÃO, ONDE PEDE INFORMAÇÕES SOBRE A SITUAÇÃO DO FORNECIMENTO DE ÁGUA DA LINHA CABOCLO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES SOBRE O SALDO ATUAL DO BANCO DE REGISTO DE MILHAGENS, NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE COMO ESTA O ANDAMENTO E QUAL É A PREVISÃO PARA SEPARAÇÃO E A ENTREGA DOS TERRENOS DO LOTEAMENTO DE CASAS POPULARES DO CARAZAL.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETÁRIA COMPETENTE INFORME SE EXISTE UM PROJETO PARA UM LOTEAMENTO INDUSTRIAL PARA O MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O ANDAMENTO E A PREVISÃO PARA O INÍCIO DAS OBRAS DA RUA MIGUEL TISSOT.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE O ANDAMENTO DO PROCESSO PARA ENTREGAR À CORSAN, O POÇO DE ABASTECIMENTO DE ÁGUA, O QUAL FORNECE ÁGUA PARA A SERRA GRADE.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE A PREVISÃO PARA O ATENDIMENTO 24 HORAS NO POSTO DA VÁRZEA GRANDE CONFORME PROMETIDO EM CAMPANHA.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O QUE ESTA SENDO FEITO E QUAL É A PREVISÃO PARA ZERAR A LISTA DE ESPERA DA CRECHES.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE COMO ESTA O ANDAMENTO DO PROJETO DE REGULARIZAÇÃO DOS LOTEAMENTOS IRREGULARES NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO, SE O CONVÊNIO PARA A INSEMINAÇÃO ARTIFICIAL ENTRE A PREFEITURA E A COOPERATIVA PIA CONTINUA EM VIGÊNCIA. CASO NÃO ESTEJA, SE EXISTE A INTENSÃO DE CONTINUA-LO.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO, SE A AGUA QUE ABASTECE A REGIÃO DE PEDRAS BRANCAS ESTA TENDO ANALISE QUÍMICA REGULAR, E SE PUSSUI UM CONVÊNIO COM ALGUM TÉCNICO PARA TANTO.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITO INFORMAÇÃO A RESPEITO DO DESTINO DAS MANGUEIRAS ADQUIRIDAS NO MUNICIPIO, PARA A EXTENSÃO DA REDE DE ÁGUA ATÉ A LOCALIDADE DE CABOCLO, E QUAL A PREVISÃO PARA QUE ESSA EXTENSÃO SEJA EFETUADA</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE COMO ESTA O ANDAMENTO E QUAL É A PREVISÃO PARA O TERMINO DAS CALÇADAS NA VIAÇÃO FÉRREA, NO BAIRRO VÁRZEA GRANDE, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O ANDAMENTO E A PREVISÃO PARA A CONSTRUÇÃO DO NOVO POSTO DA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO INFORME SOBRE:_x000D_
 A) QUAL O NÚMERO DE MONITORES CONCURSADOS ATUANDO?_x000D_
 B) QUAL O NÚMERO DE ESTAGIÁRIOS NAS ESCOLAS MUNICIPAIS?_x000D_
 C) HÁ PREVISÃO PARA A CONTRATAÇÃO DE ESTAGIÁRIOS ESTE ANO?</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO RESPONDA ALGUNS QUESTIONAMENTOS REFERENTES A ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL JARDIM ENCANTADO DO BAIRRO JARDIM, NESTE MUNICÍPIO._x000D_
 A) QUEM É A DIRETORA DA ESCOLA?								                                                                                      _x000D_
 B) NO CASO DA AUSÊNCIA DA DIRETORA, QUEM É O SERVIDOR RESPONSÁVEL PELA ESCOLA?												      _x000D_
 C) QUAL A PREVISÃO PARA QUE ESSA SITUAÇÃO SEJA REGULARIZADA?</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A GRIFFE GRAMADO</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA GOVERNANÇA INFORMAÇÕES ACERCA DA OBRA PARA A AMPLIAÇÃO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL MOSÉS BEZZI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE EDUCAÇÃO INFORME QUAIS AS ESCOLAS DE EDUCAÇÃO INFANTIL QUE POSSUEM VÍDEO MONITORAMENTO.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INFORMADO A PREVISÃO PARA INAUGURAÇÃO DO MUSEU HUGO DAROS</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE NOMENCLATURA DE ESTRADA.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES ACERCA DA SITUAÇÃO QUE SE ENCONTRA O HOSPITAL ARCANJO SÃO MIGUEL</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES ACERCA DA QUANTIDADE DE EXAMES DE MAMOGRAFIA JÁ SOLICITADOS, AINDA A SEREM REALIZADOS. </t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE INFORME SOBRE QUAL A FINALIDADE DESTINADA PARA OS LARGOS CULTURAIS E SE EXISTE PREVISÃO PARA A REVITALIZAÇÃO OU RETIRADA DOS MESMOS.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA ESCLARECIDO O MOTIVO DE NÃO USO DO CONSULTÓRIO ODONTOLÓGICO MÓVEL NO ANO DE 2017.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CÓPIAS REFERENTES A LICITAÇÃO PARA CONSTRUÇÃO DO POSTO DO BAIRRO FLORESTA</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÕES ACERCA DO FUNCIONAMENTO DE ESCOLAS DE EDUCAÇÃO INFANTIL (CRECHES) EM FINAIS DE SEMANA NESTE MUNÍCIPIO. </t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INFORMAÇÃO REFERENTE ÀS REALIZAÇÕES DE CIRURGIAS ELETIVAS.  </t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO FUNCIONAMENTO DO 1/3 DE HORA-ATIVIDADE CONCEDIDO AOS EDUCADORES E COMO ESTÁ SENDO FISCALIZADA ESTA ATIVIDADE</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO FECHAMENTO DOS POLOS EDUCACIONAIS E A ABERTURA DE TODAS AS ESCOLAS NO PERÍODO DE FÉRIAS</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO DE INFORMAÇÃO Nº008/2017, ONDE SOLICITA INFORMAÇÕES ACERCA DOS CONSELHOS MUNICIPAIS EXISTENTES E SUAS COMPOSIÇÕES</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA A SOLICITAÇÃO PARA PEDIR INFORMAÇÕES ACERCA DA FALTA DE VAGAS NA EDUCAÇÃO INFANTIL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADA A CÓPIA DO LAUDO DA PERÍCIA REFERENTE AO INCIDENTE OCORRIDO NO DIA 19 DE OUTUBRO DE 2017,ONDE TEVE A ESTRUTURA DO NATAL LUZ DANIFICADA.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REITERAM O PEDIDO DE INFORMAÇÃO Nº 113/2017, ONDE SOLICITAM CÓPIA DO ALVARÁ, DO PLANO DE PREVENÇÃO DE INCÊNDIO E DO PLANO DE COLETA DE RESÍDUOS DE TODAS AS INDÚSTRIAS E COMÉRCIOS EXISTENTES NO BAIRRO CASAGRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO REFERENTE À ATUAL SITUAÇÃO DO ESPAÇO DESTINADO À BIBLIOTECA PUBLICA MUNICIPAL CYRO MARTINS, DESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO FUNCIONAMENTO DA DISTRIBUIÇÃO DOS INGRESSOS GRATUITOS DO NATAL LUZ</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO DE INFORMAÇÃO Nº 111/2017 QUE SOLICITA LISTA DE TODOS OS PROJETOS PENDENTES DE ANÁLISE, APROVADOS OU REPROVADOS NAS SECRETARIAS DE MEIO AMBIENTE E DE PLANEJAMENTO.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA BALANÇOS PATRIMONIAIS DOS EXERCÍCIOS DE 2014 E 2015, DO HOSPITAL ARCANJO SÃO MIGUEL._x000D_
 </t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE QUAIS SÃO AS ESCOLAS QUE SERÃO REFORMADAS NO PERÍODO DO RECESSO ESCOLAR</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DAS AÇÕES REALIZADAS PELO PODER EXECUTIVO REFERENTES À CAUSA ANIMAL NO MUNICÍPIO E O ANDAMENTO DO PROJETO DE LEI QUE ESTABELECE O CONSELHO MUNICIPAL DOS DIREITOS DOS ANIMAIS</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO DE INFORMAÇÕES SOBRE A  GRIFFE GRAMADO.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTES AO CONCURSO DE AGENTE DE TRÂNSITO QUE SEGUE VIGENTE.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES ACERCA DE DENUNCIA FORMAL RECEBIDA NESTA CASA, QUE REFERE O DESCUMPRIMENTO DO DECRETO MUNICIPAL Nº 164/2013, QUE DISPÕE SOBRE A GESTÃO DEMOCRÁTICA DA REDE MUNICIPAL DE ENSINO, REGULAMENTANDO A LEI MUNICIPAL Nº 2.927/2011 E O ART. 23 DA LEI Nº 2.913/2011.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE RESPONDA SE PRETENDE REGULAMENTAR E COBRANÇA DO ISS, SOBRE A RECEITA DOS CARTÕES DE CRÉDITO/DÉBITO E PLANOS DE SAÚDE AINDA EM 2017.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DO CONCURSO PÚBLICO 01/2015, ESPECIFICAMENTE PARA VAGAS DE AGENTE COMUNITÁRIO EM SAÚDE.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DO ESTABELECIMENTO QUE ESTA SENDO ABERTO AO LADO DO BANCO DO BRASIL NA RUA COBERTA NÚMERO 62, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE APRESENTE INFORMAÇÕES SOBRE O "ALUGUEL SOCIAL".</t>
   </si>
   <si>
     <t>PRO</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVITALIZAÇÃO E CRIAÇÃO DE UM ESPAÇO DE LAZER NA RÓTULA DA RUA ACÁCIA NEGRA, EM GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DOS TACHÕES REDUTORES DE VELOCIDADE, POR QUEBRA-MOLAS, NA RUA ACÁCIA NEGRA, NESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE PROVIDÊNCIA PARA VIABILIZAR MORADIA PARA FORÇAS DE SEGURANÇA._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.docx</t>
   </si>
   <si>
     <t>PEDIDO DE PROVIDÊNCIA PARA O CALÇAMENTO DO PASSEIO PUBLICO EM FRENTE AO CAMPO DE ESPORTES DO CLUBE ONZE CANARINHOS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA-SE QUE VERIFIQUE  ESTUDO DE VIABILIDADE  PARA COLOCAÇÃO DE SINALIZAÇÃO COM UMA FAIXA DE SEGURANÇA E COLOCAÇÃO DE UM  REDUTOR DE VELOCIDADE EM FRENTE A ESCOLA DE EDUCAÇÃO INFANTIL PEQUENOS PASSOS, BEM COMO A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PADRE ANCHIETA , LOCALIZADAS NA ESTRADA DA SERRA GRANDE NO BELVEDERE. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA-SE A VIABILIDADE PARA QUE SEJA REALIZADO O ESTUDO PARA A TROCA DAS LÂMPADAS INCANDESCENTES POR LÂMPADAS DE LED.  </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE QUE ESTA CASA ENCAMINHE AO PODER EXECUTIVO PEDIDO DE PROVIDÊNCIAS, PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE SEJA REALIZADO O ESTUDO PARA QUE O HOSPITAL ARCANJO SÃO MIGUEL POSSA TER NOVAMENTE OS SOROS ANTIOFÍDICO (COBRAS) E ANTIARACNÍDEO (ARANHAS).</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A DISPONIBILIZAÇÃO DE CONTAINERS DE LIXO ORGÂNICO E SECO PARA A LINHA CABOCLO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DA ACADEMIA AO AR LIVRE PERTENCENTE À VILA OLÍMPICA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE, JUNTO À PRAÇA PERTENCENTE AO LOTEAMENTO ALTOS DA VIAÇÃO FÉRREA, NO BAIRRO VÁRZEA GRANDE, NESSE MUNICÍPIO. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A MANUTENÇÃO DE PASSEIO PÚBLICO EM DETERMINADO TRECHO DA RUA MADRE VERÔNICA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA , PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE SEJA REALIZADO ESTUDO DE VIABILIDADE PARA QUE SEJA FEITA PAVIMENTAÇÃO EM FRENTE ÀS AGROINDÚSTRIAS NESTE MUNICÍPIO. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE ROTAS DE CICLOVIA EM ALGUMAS RUAS DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AÇÕES URGENTES DE COMBATE E PREVENÇÃO AO MOSQUITO BORRACHUDO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A AMPLIAÇÃO DE SERVIÇOS DE FISIOTERAPIA DE FORMA DOMICILIAR, BEM COMO, A QUANTIDADE DE PROFISSIONAIS DESTA IMPORTANTE ÁREA À SERVIÇO DA COMUNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A ANTIGA AMBULÂNCIA DO SAMU SEJA UTILIZADA PARA O TRANSPORTE INTERMUNICIPAL DE PACIENTES EM ESTADO GRAVE, QUE A MESMA SEJA SEDIADA NO HOSPITAL ARCANJO SÃO MIGUEL, BEM COMO, EQUIPADA E COM EQUIPE DE REMOÇÃO DE SOBREAVISO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA DISPONIBILIZADO APARELHO DESFIBRILADOR EXTERNO AUTOMÁTICO (DEA) NOS PRINCIPAIS PONTOS DA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REALIZAÇÃO DE LIMPEZA E MANUTENÇÃO PERMANENTE DO CEMITÉRIO MUNICIPAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA FISCALIZAÇÃO DOS ESTABELECIMENTOS GASTRONÔMICOS VISANDO VERIFICAR O CUMPRIMENTO DA LEI MUNICIPAL Nº 2095/2003 RELATIVA AOS CARDÁPIOS EM BRAILLE.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO ADESÃO AO PROGRAMA ESTAÇÃO JUVENTUDE.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA READEQUAÇÃO NO PLANO DE CARGOS E CARREIRAS NO QUE SE REFERE A CARGA HORÁRIA DOS MONITORES DE EDUCAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVITALIZAÇÃO DA PRAÇA CIDADE DE MALDONADO, BAIRRO PLANALTO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AUMENTO DOS VALORES DAS MULTAS PARA ABANDONO E MAUS TRATOS DE ANIMAIS REGULAMENTADAS PELA LEI 2920/2011 E ADEQUAÇÃO DA MESMA COM A LEI FEDERAL 9605/98 DOS CRIMES AMBIENTAIS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CRIAÇÃO DE PROTOCOLO VIRTUAL PARA ACOMPANHAMENTO DA COLOCAÇÃO DAS CRIANÇAS INSCRITAS PARA VAGAS DA EDUCAÇÃO INFANTIL NO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO REPAROS NA RUA QUERINO ARI CANDIAGO, EM GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA DISPONIBILIZAÇÃO DAS PORTARIAS REALIZADAS NO SITE OFICIAL E/OU PORTAL DE TRANSPARÊNCIA.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE READEQUAÇÃO NO PLANO DE CARGOS E CARREIRAS NO QUE SE REFERE A GRATIFICAÇÃO DOS SERVIDORES DO CARGO DE MOTORISTAS DA SECRETARIA DE EDUCAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA UM ESTUDO DE VIABILIDADE PARA A CEDÊNCIA DE UM ESPAÇO PARA OTMA- TRIBUNAL DE MEDIAÇÃO E ARBITRAGEM SECCIONAL-GRAMADO.  </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PATROLAMENTO E MELHORIAS NA ESTRADA DA LINHA ÁVILA ALTA, NESSE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ASFALTAMENTO EM FRENTE À SOCIEDADE DO MOREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DE MEIO-FIO NA RUA IDALINA, NO BAIRRO TIROL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO EM FRENTE À SOCIEDADE DO MORRO DO ARAME, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DE GRAMADO NO PROGRAMA DA TERCEIRA IDADE DO MINISTÉRIO DO DESENVOLVIMENTO SOCIAL, QUE TEM POR OBJETIVO A CONSTRUÇÃO DE UM CENTRO DE CONVIVÊNCIA DE IDOSOS NO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADO TRABALHO DE CONCIENTIZAÇÃO SOBRE O USO DE EPI COM AGRICULTORES NESTE MUNICÍPIO</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE ESTUDO SOBRE A SÍNDROME DE GUILLIAN-BARRÉ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE PISO DE MADEIRA NOS GINÁSIOS DE ESPORTES DAS ESCOLAS QUE AINDA NÃO POSSUEM ESTA MELHORIA.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVITALIZAÇÃO DA PRAÇA NO BAIRRO TRÊS PINHEIROS, NESSE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADA A LEI DE DESENVOLVIMENTO RURAL DO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE, PARA PINTURA DO MEIO FIO EM AMARELO PROIBINDO O ESTACIONAMENTO EM UM DOS LADOS DA RUA ALVINA MICHAELSEN, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REGULAMENTAÇÃO ATRAVÉS DE DECRETO, DA LEI FEDERAL Nº 12.846 DE 2013, CONHECIDA COMO LEI ANTICORRUPÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO DE ESTUDO DE VIABILIDADE PARA A DISPONIBILIZAÇÃO DE UNIFORME ESCOLAR PARA OS ALUNOS DA REDE PÚBLICA MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA EFETUAÇÃO DE PARCERIAS COM ORGANIZAÇÕES DA SOCIEDADE CIVIL PARA ABERTURA DE NOVAS VAGAS EM ESCOLAS DE EDUCAÇÃO INFANTIL.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA DISPONIBILIDADE DE MAIS FUNCIONÁRIOS PARA O CANIL PÚBLICO DA LINHA 28.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA REALIZAR ADEQUAÇÕES NOS ARTIGOS DA LEI MUNICIPAL Nº 1563/1998 - FUNREBOM.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO DE ILUMINAÇÃO PÚBLICA NA ESTRADA DA PEDREIRA, NO BAIRRO TRÊS PINHEIROS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE PROVIDENCIA PARA QUE SEJA VERIFICADO AS DATAS DO CALENDÁRIO OFICIAL DE EVENTOS 2017, POIS HÁ DIVERGÊNCIAS NAS DATAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM AUMENTO DO REPASSE PARA O AUXÍLIO MORADIA DOS SERVIDORES DA ÁREA DE SEGURANÇA DO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O CUMPRIMENTO DA LEI Nº 3.439 DE 2015, QUE TRATA DA CONCESSÃO ADMINISTRATIVA DOS LARGOS CULTURAIS SITUADOS ÀS RUAS ÂNGELO BISOL E JOÃO PETRY, NO LAGO NEGRO E NA AVENIDA DAS HORTÊNSIAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DE GRAMADO NO PROGRAMA 2035 DO MINISTÉRIO DO ESPORTE.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE IMPLANTAR CACHORRODROMOS NOS PRINCIPAIS PARQUES DE GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A ROÇADA NOS ARREDORES EM DETERMINADO TRECHO DA ERS 373, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE QUE DISPONIBILIZE JUNTO A BIBLIOTECA PÚBLICA CYRO MARTINS, WI-FI  GRATUITA.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE REVISÃO NA ILUMINAÇÃO PÚBLICA EXISTENTE JUNTO A PRAÇA DAS ETNIAS E TAMBÉM POSSIBILIDADE DE UMA ILUMINAÇÃO TEMÁTICA.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE QUE SECRETARIA MUNICIPAL DE EDUCAÇÃO, DISPONIBILIZE VAGAS DE ESTACIONAMENTO PARA IDOSO JUNTO AO ESTACIONAMENTO DA MESMA.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DOS CANTEIROS LATERAIS DA AVENIDA 1º DE MAIO, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE, </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE DE UM "TRILHO DE PROTEÇÃO" ENTRE AS RUAS NELSON DINNEBIER E AUGUSTO BALZARETTI, LOCALIZADAS NO BAIRRO PIRATINI.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE UM "QUEBRA MOLAS", EM FRENTE AO MOINHO CAVICHION LOCALIZADO NA ESTRADA DA LINHA BONITA.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SEJA COLOCADA UMA PRACINHA NO LOCAL E TAMBÉM A REVITALIZAÇÃO DA PRAÇA DAS CASTANHEIRAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO DE ILUMINAÇÃO PÚBLICA NA RUA DO CONTORNO, BAIRRO JARDIM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO RUA DO CONTORNO, BAIRRO JARDIM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO DA ILUMINAÇÃO PÚBLICA EM DETERMINADO TRECHO DA ERS 373, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E MANUTENÇÃO DAS COBERTURAS DE PARADAS DE ÔNIBUS EXISTENTES NO MUNICÍPIO E A CONSTRUÇÃO DAS MESMAS EM PONTOS FALTANTES, INCLUINDO O INTERIOR.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A CRIAÇÃO DE UM BANCO DE DADOS DOS TURISTAS QUE VISITAM GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAR AO PODER EXECUTIVO, PEDIDO DE PROVIDÊNCIAS, PARA QUE ESTE EFETUE A ALTERAÇÃO DE NOMENCLATURA DA TRAVESSA 'A' NO BAIRRO CARNIEL PARA TRAVESSA TAQUARI_x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA REALIZADO O REPLANTIO DE FLORES E/OU ARBUSTOS NO CANTEIRO PERTENCENTE À RUA PINGO D&amp;#8217;OURO NO LOTEAMENTO ALTOS DA VIAÇÃO FÉRREA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADA PLACA COM A DEVIDA NOMENCLATURA DA RUA PEDRO BEZZI, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DO SEGUNDO PISO NO PRÉDIO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL MOSÉS BEZZI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA E ROÇADA EM TERRENO LOCALIZADO NA RUA ARMELINDO TOMAZI, Nº250 - VILA DO SOL, BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A INSTALAÇÃO DE UMA ÁREA DE LAZER PÚBLICA NO VALE DOS PINHEIROS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADO O PROGRAMA CRIANÇA FELIZ DO GOVERNO FEDERAL NESTA CIDADE.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM REALIZADOS AJUSTES NO ASFALTO REFERENTE LINHA CABOCLO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DISPONIBILIZAÇÃO DA VACINA DA GRIPE PARA TRABALHADORES QUE EXERCEM ATIVIDADES AO AR LIVRE. </t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO E IMPLANTAÇÃO DE MAIS LÂMPADAS NA ERS 235, NO PÓRTICO I NO BAIRRO CASAGRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO E OS DEVIDOS REPAROS NA ILUMINAÇÃO PÚBLICA NA AVENIDA 1º DE MAIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE SEGURO ACIDENTE, INCLUSIVE CONTRA TERCEIROS, EM RELAÇÃO AOS VENDEDORES DE PINHÃO AO LONGO DAS ERS115 E 235.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE QUE AO FINAL DA FEIRA FEITO EM GRAMADO, SEJA FEITO UM CATÁLOGO COM INFORMAÇÕES TÉCNICAS E CADASTRAIS DOS EXPOSITORES</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO E MANUTENÇÃO DOS TERMÔMETROS ELETRÔNICOS LOCALIZADOS EM DIVERSOS PONTOS DE GRAMADO.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A DISPONIBILIZAÇÃO DE ATENDIMENTO DE FONOAUDIÓLOGO NOS POSTOS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REGULAMENTAÇÃO DE DIÁRIAS PARA REPRESENTANTES DE EVENTOS DE GRAMADO, QUANDO DA REPRESENTAÇÃO DO MESMO EM OUTRAS CIDADES OU ESTADOS.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ABRIGO DO PONTO DE ÔNIBUS EM FRENTE À LOJA SIERRA OUTLET NA ERS- 235, NA AVENIDA DAS HORTÊNSIAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM TOLDO NA ENTRADA QUE DÁ ACESSO A ESCOLA MOSÉS BEZZI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE MAIOR CUIDADO E LIMPEZA DE UM MODO GERAL NA ESTAÇÃO RODOVIÁRIA, NO SETOR DE CHEGADA E SAÍDA DE ÔNIBUS.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VERIFICAÇÃO DA ILUMINAÇÃO DAS PARADAS DE ÔNIBUS NA ZONA URBANA DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE PROCESSO LICITATÓRIO PARA PRESTAÇÃO DE SERVIÇOS DE TAXI, JUNTO AO PONTO CRIADO NA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS QUANTO A VAZAMENTO NO LAGO JOAQUINA RITA BIER COM A RUA LEOPOLDO ROSENFELD E TROCA DE TAMPA DE BOCA DE LOBO QUEBRADA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE E PRAÇA DE BRINQUEDOS, JUNTO AO PAVILHÃO PERTENCENTE AO BAIRRO JARDIM, NESSE MUNICÍPIO. </t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A DISPONIBILIZAÇÃO DE CONTAINERS DE LIXO ORGÂNICO E SECO PARA O BAIRRO JARDIM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DO MEIO FIO DE AMARELO PROIBINDO O ESTACIONAMENTO EM UM DOS LADOS DA RUA SETEMBRINO DE CARVALHO, NO BAIRRO JARDIM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE SEJAM FEITAS SINALIZAÇÕES PARA A PASSAGEM DE PEDESTRES NA AVENIDA BORGES DE MEDEIROS, EM FRENTE AO PALÁCIO DOS FESTIVAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A TROCA DE LÂMPADAS, NA ESTRADA SERRA GRANDE, NA LINHA SERRA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE PASSEIO PÚBLICO DO LOTEAMENTO VALE VERDE ATÉ A ESCOLA DE EDUCAÇÃO INFANTIL TIA CARMELINA I NA VILA OLÍMPICA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ROÇADA, CAPINAÇÃO E PINTURA DO MEIO FIO NAS RUAS DO BAIRRO VILA DO SOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA FECHAMENTO DO BURACO NA RUA AUGUSTO ORLANDI NO LOTEAMENTO ORLANDI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE REGULARIZAÇÃO DO LOTEAMENTO LOCALIZADO NA RUA FRANCISCO JOSÉ RODRIGUES, NO BAIRRO MATO QUEIMADO.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O PROLONGAMENTO DA RUA EVARISTO SATURNINO DA SILVA, LOCALIZADA NO BAIRRO CARNIEL.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOLTE A REALIZAR O CONCURSO DE JARDIM DE RESIDENCIAS E JARDINS E FACHADAS DE ESTABELECIMENTOS COMERCIAIS CRIADO PELA LEI Nº 1376/95.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDO DE VIABILIDADE PARA A AMPLIAÇÃO NO PRÉDIO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL VICENTE CASAGRANDE, NO LOTEAMENTO ALTOS DA VIAÇÃO FÉRREA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA CONSTRUÍDA A "CASA DO PINHÃO" ONDE POSSA SER FEITA A COMERCIALIZAÇÃO NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O PLANTIO DE FLORES NOS CANTEIROS PERTENCENTES ÀS AVENIDAS 1º DE MAIO E DO TRABALHADOR, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E PLANTIO DE FLORES NOS CANTEIROS PERTENCENTES À RÓTULA ENTRE A ERS 235 E A RUA F.G. BIER, BEM COMO NOS CANTEIROS CENTRAIS DA ERS 235, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE JUNTO A PRAÇA DO BAIRRO CARNIEL, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM COLOCADAS CÂMERAS DE SEGURANÇA NO ENTRONCAMENTO DA RS-373, LOCALIZADA ENTRE A SERRA GRANDE E NOVA RENÂNIA NA LINHA ALTO PADRE ETERNO PARA OFERECER SEGURANÇA AOS MORADORES DESTES LOCAIS E AJUDANDO A EVITAR O ALTO ÍNDICE DE ASSALTOS NA REGIÃO.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE A SECRETARIA COMPETENTE TRANSFIRA OS POÇOS E REDES DE ÁGUA DE TODA A REGIÃO DA SERRA GRANDE PARA OS CUIDADOS DA CORSAN E QUE ESTA INTERLIGUE AS REDES DE ÁGUA NAS RUAS FALTANTES._x000D_
 </t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA COMPETENTE COLOQUE CONTÊINERS  DE LIXO NA ESQUINA DA RUA FREDERICO HAACH, NO BAIRRO VILA DO SOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE SEJA FECHADO O BURACO QUE FOI ABERTO NA RUA FREDERICO HAACK,NO BAIRRO VILA DO SOL, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DO PLANO MUNICIPAL DE MOBILIDADE URBANA.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADA A PATRULHA RURAL NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A MANUTENÇÃO NO PISO DA QUADRA DE ESPORTES DO COLÉGIO SENADOR SALGADO FILHO NO BAIRRO PIRATINI. </t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO NA RUA FAUSTINO RISSI, NO LOTEAMENTO VILA DO SOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA NA ESTRADA JOSÉ BERGAMO FILHO, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA NA RUA ADELINO MOSCHEN, NO LOTEAMENTO VILA DO SOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DO PASSEIO PÚBLICO PERTENCENTE A RUA FAUSTINO RISSI, NA VILA DO SOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE ANÁLISE QUÍMICA DA ÁGUA JUNTO AS VERTENTES EXISTENTES NA ZONA URBANA, COMO EXEMPLO AS EXISTENTES NAS RUAS ÂNGELO BISOL E ARTHUR ZWETSC.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE DE DISPONIBILIZAÇÃO DE MAIOR NÚMERO DE VAGAS DE ESTACIONAMENTO PARA DEFICIENTES FÍSICOS NA ÁREA CENTRAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE PARQUÍMETRO NA AV. BORGES DE MEDEIROS, EM FRENTE À PRAÇA DAS BANDEIRAS, A PARTIR DO DEQUE ALI EXISTENTE ATÉ A RUA CARLOS LEGLER FILHO.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO E MOBILIDADE URBANA, SEJA FEITO UM ESTUDO DA VIABILIDADE PARA A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRES NA RUA VEREADOR FLORIANO PETERSEN LOCALIZADA NO BAIRRO CASAGRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS , SEJA PROVIDENCIADA A LIMPEZA DA SARJETA ASSIM COMO OS CUIDADOS E REPAROS NECESSÁRIOS DOS MUROS DE CONTENÇÃO E ESCOAMENTO DE ÁGUA LOCALIZADO NA RUA PRIMAVERA NO BAIRRO JARDIM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA PROVIDENCIADO O REPARO E A LIMPEZA DOS BUEIROS LOCALIZADOS NA ESQUINA DA RUA VEREADOR FLORIANO PETERSEN COM A RUA JOÃO H. DE CASTILHOS NO BAIRRO CASAGRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA OPERAÇÃO TAPA BURACOS NA ESTRADA QUE LIGA VÁRZEA GRANDE ATÉ A SERRA GRANDE.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADO UM TOLDO NA ENTRADA DA ESCOLA DE EDUCAÇÃO INFANTIL PEQUENOS PASSOS , LOCALIZADA NA ESTRADA DA SERRA GRANDE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA APRESENTADO O NÚMERO DE PARCELAS PAGAS REFERENTE AO TRANSPORTE UNIVERSITÁRIO EM 2017.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INTENSIFICAÇÃO DE FISCALIZAÇÃO DE OBRAS IRREGULARES LOCALIZADAS NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE CÂMERAS DE SEGURANÇA E FISCALIZAÇÕES NOTURNAS PERMANENTES NAS RUAS ARTUR REINHEIMER E CÂNDIDO GODÓI, NO BAIRRO CARNIEL, PARA CONTER E INIBIR A PROSTITUIÇÃO QUE OCORRE NESTES LOCAIS.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA, PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SEJA PROVIDENCIADO A TROCA DA TUBULAÇÃO POR GALEIRA NA RUA PINGO DE OURO, NO BAIRRO ALTOS DA VIAÇÃO, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA NOVA SINALIZAÇÃO (COM MAIS VISIBILIDADE) NO TRECHO DA RUA DEMÉTRIO PEREIRA DOS SANTOS, A PARTIR DA RUA LEOPOLDO ROSENFELD ATÉ A CARRIERI.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADA CÓPIA DO CONTRATO ENTRE O HOSPITAL ARCANJO SÃO MIGUEL E SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA TROCA E REPAROS NA ILUMINAÇÃO PÚBLICA DA RUA LINHA SCHNEIDER LOCALIZADA NA SERRA GRANDE</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REGULAMENTAÇÃO DA LEI MUNICIPAL Nº 2095/2003 &amp;#8211; CARDÁPIOS EM BRAILLE.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UMA RÓTULA NO ENTRONCAMENTO DA AV. BORGES DE MEDEIROS E RUA DAS FONTES, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A ADEQUAÇÃO DE VAGA DE ESTACIONAMENTO NA RUA SÃO PEDRO Nº 284 QUE ESTÁ PREJUDICANDO O ACESSO E SAÍDA DO ESTACIONAMENTO NO LARGO DA BORGES.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA LIXEIRAS PARA LIXO ORGÂNICO E SECO NA ESCADARIA PRINCIPAL DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL NOSSA SENHORA DE FÁTIMA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.  </t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DE UM PINHEIRO NO PÁTIO DA ESCOLA DE EDUCAÇÃO INFANTIL DELMAR DUTRA, NO BAIRRO DUTRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A LIMPEZA E TROCA DE TUBULAÇÃO POR GALERIA DO ARROIO LOCALIZADO NA RUA PREFEITO NELSON DINNEBIER NA LOCALIDADE DE LINHA ÁVILA.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PAVIMENTAÇÃO ASFÁLTICA NA RUA DOS IRMÃO NO BAIRRO MOURA.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZE ESTUDO DE VIABILIDADE PARA INSTALAÇÃO DE UMA CRECHE NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL ALBERTO PASQUALINI, LINHA ARARIPE. </t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA DE TODO O MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ATUALIZAÇÃO DO PORTAL DA TRANSPARÊNCIA QUE ENCONTRA-SE DENTRO DO SITE DA PREFEITURA MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DAS CANALETAS PERTENCENTES À RUA MIGUEL TISSOT, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO DO ATUAL PLANO DIRETOR URBANO E RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NO PAVILHÃO DE ESPORTES DA ESCOLA HENRIQUE BERTOLUCI SOBRINHO NO BAIRRO CASAGRANDE.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO NO CRUZAMENTO ENTRE A ESTRADA P/ LINHA AVILA ALTA E RUA GENTIL BONATO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA PROIBIÇÃO DE ESTACIONAMENTO NA CURVA EM FRENTE AO NÚMERO 1198 NA ESTRADA P/ LINHA ÁVILA ALTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA FECHAMENTO DO BURACO NA ESTRADA P/ LINHA AVILA ALTA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE SINALIZAÇÃO NO ENTRONCAMENTO DAS RUAS REMI ZUCOLOTTO E ERNO KOHBAUSH.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA APRESENTADA A CÓPIA DAS NOTAS PAGAS AO HOSPITAL SÃO MIGUEL DE DE JANEIRO DE 2017 ATÉ O MOMENTO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SEJA FEITO UM CREDENCIAMENTO JUNTO AO HOSPITAL SÃO MIGUEL</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJAM COLOCADAS MAIS LINHAS DE ÔNIBUS NO BAIRRO CASAGRANDE,BAIRRO PRINSTROP, LINHA AREND E PÓRTICO I E II. </t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DA SINALIZAÇÃO DE TRÂNSITO EXISTENTE EM FRENTE ÀS ESCOLAS LOCALIZADAS NA RUA SÃO PEDRO, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A TROCA DA PARADA DE ÔNIBUS LOCALIZADA NA ENTRADA DA ESCOLA DE EDUCAÇÃO INFANTIL HENRIQUE BERTOLUCI SOBRINHO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A TROCA DE TODA FIAÇÃO ELÉTRICA E DE TELEFONIA NA EMEI HENRIQUE BERTOLUCI SOBRINHO E ENSINO FUNDAMENTAL</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA ILUMINAÇÃO NOS PÓRTICOS NOS SENTIDOS GRAMADO/NOVA PETRÓPOLIS E GRAMADO/TRÊS COROAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO NA CALÇADA DA RUA GETÚLIO VARGAS NA ESCOLA SENADOR SALGADO FILHO.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RÓTULA NO CRUZAMENTO PRINCIPAL DA SERRA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RÓTULA NO ENTRONCAMENTO DA AV. BORGES DE MEDEIROS COM A RUA EUZÉBIO BALZARETTI, NO BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RÓTULA NO ENTRONCAMENTO ENTRE AS RUAS AMAZONAS, RORAIMA E AMAPÁ, NO BAIRRO DUTRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.docx</t>
   </si>
   <si>
     <t>ESTUDE A VIABILIDADE DE CRIAR UM CENTRO TECNOLÓGICO DE INOVAÇÃO E EMPREENDEDORISMO, BEM COMO ELABORAR LEI DE INCENTIVO E ATRAÇÃO DE EMPRESAS INOVADORAS, DE BASE TECNOLÓGICA, A EXEMPLO DAS STARTUPS.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA ESCADARIA LIGANDO OS BAIRROS IPÊ AMARELO E CASAGRANDE.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DE ÁREAS VERDES LOCALIZADAS NO BAIRRO CASAGRANDE.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO E PAVIMENTAÇÃO DA RUA FRANCISCO JOSÉ RODRIGUES, BAIRRO MATO QUEIMADO.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA PROVIDENCIADO A SUBSTITUIÇÃO DO GUARDA-CORPO EXISTENTE NA RUA GETÚLIO VARGAS NO BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O CALÇAMENTO DO PASSEIO PÚBLICO NA RUA CORONEL JOÃO CORREA ENTRE A TRAVESSA DARCI BROCK ATÉ O CONDOMINIO ANTONIO ACCORSI.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA REALOCADA A PLACA DE SINALIZAÇÃO, LOCALIZADA EM FRENTE AO Nº 303 DA RUA JOÃO ALFREDO SCHNEIDER, NO BAIRRO PLANALTO, UMA VEZ QUE A MESMA ESTÁ LOCALIZADA TOTALMENTE SOBRE PASSEIO PÚBLICO. _x000D_
 </t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADO O IPTU SOLIDÁRIO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO NAS RUAS ALEXANDRE RAMA E JOÃO LEOPOLDO LIED, NO BAIRRO TIROL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO DE PARADAS DE ÔNIBUS NA AVENIDA BORGES DE MEDEIROS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VERIFICAÇÃO DA ORIGEM DO MATERIAL QUE TEM POLUIDO O ARROIO NA LINHA BONITA, VISIVELMENTE NA REGIÃO PRÓXIMO AO MOINHO E IGREJA DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O CONSERTO DA BOCA DE LOBO LOCALIZADA NO TRECHO FINAL DA RUA LINHA NOVA PAROBÉ, NO BAIRRO AV. CENTRAL.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM QUE O EXECUTIVO MUNICIPAL VERIFIQUE DENÚNCIA ANÔNIMA DE ESGOTO A CÉU ABERTO NA RUA JÚLIO CARNIEL, Nº 439.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE O PODER EXECUTIVO ANALISE A VIABILIDADE DE REALOCAR AS FAIXAS DE SEGURANÇA LOCALIZADAS NO CENTRO DE GRAMADO.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE O PODER EXECUTIVO ESTUDE A POSSIBILIDADE DE TORNAR EM VIA DE MÃO ÚNICA, A RUA SANTOS DUMONT, LOCALIZADA NO BAIRRO PIRATINI, EM GRAMADO.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE O PODER EXECUTIVO ANALISE A VIABILIDADE DE COLOCAR SINALEIRAS PARA PEDESTRES NAS PRINCIPAIS ESQUINAS LOCALIZADAS NO CENTRO DE GRAMADO.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA PINTURA PARA QUE SE IDENTIFIQUEM VAGAS DE ESTACIONAMENTO E LIMPEZA DAS RUAS NO BAIRRO CASAGRANDE</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADO UM REDUTOR DE VELOCIDADE NA RUA JOSÉ BERGAMO FILHO, LOCALIZADA NA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A LIMPEZA E RECOLHIMENTO DE LIXO NA RUA EMÍLIO LEOBET.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA LIXEIRAS PARA LIXO ORGÂNICO E SECO NA ENTRADA PRINCIPAL DO LAGO NEGRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA UMA ANÁLISE DA ÁGUA DO LAGO JOAQUINA RITTA BIER</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RECUPERAÇÃO DO TELHADO DO GINÁSIO DE ESPORTES DO BAIRRO PIRATINI, EM FRENTE A ESCOLA MUNICIPAL SENADOR SALGADO FILHO.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A RECUPERAÇÃO DO ASFALTO DA PERIMETRAL ENTRE OS BAIRROS CASAGRANDE E TRÊS PINHEIROS.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REFORÇO NA SINALIZAÇÃO NA ERS-115, NO ENTORNO DO POSTO DE COMBUSTÍVEIS ALFA, BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE OS CARROS DE LOCAÇÃO DE EMPRESAS COM SEDE NO MUNICÍPIO SEJAM EMPLACADOS EM GRAMADO.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE SEJA PROVIDENCIADO A NORMALIZAÇÃO DO ESTOQUE DE LONA PLÁSTICA, TELHAS, KITS DE MATERIAL DE HIGIENE E LIMPEZA E KITS DE DORMITÓRIOS (COLCHÕES, TRAVESSEIROS, COBERTORES, ETC), PARA AS AÇÕES DE EMERGÊNCIA DA DEFESA CIVIL.											_x000D_
 </t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE COLOCAR MAIOR NÚMERO DE LIXEIRAS NO ENTORNO DO GINÁSIO JOSÉ FRANCISCO PERINI (PERINÃO), EM GRAMADO.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE REVITALIZAÇÃO DO CENTRO DE GRAMADO.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DOS CANTEIROS E O REPLANTIO DE FLORES NA ENTRADA PRINCIPAL PARA O LAGO NEGRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DOS CANTEIROS E DO PASSEIO PÚBLICO PERTENCENTE A RUA 25 DE JULHO, ENTRADA PRINCIPAL DO LAGO NEGRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE CRIAR O FESTIVAL DE CERVEJA ARTESANAL, EM GRAMADO.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA SUBSTITUIÇÃO DAS BANDEIRAS EXISTENTES NA RÓTULA DAS BANDEIRAS POR NOVAS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A ELABORAÇÃO DE UM PROJETO PARA INCENTIVAR MORADORES, COMERCIANTES E EMPRESÁRIOS DA CIDADE DE GRAMADO, A DECORAREM SUAS RESIDÊNCIAS E SEUS EMPREENDIMENTOS NA ÉPOCA DO NATAL LUZ.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADA UMA PLACA DE IDENTIFICAÇÃO DE GRAMADO/CENTRO NA SERRA GRANDE, NA RUA ADEMAR PAULO BAZZAM ESQUINA COM A RUA A.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS AS MEDIDAS CABÍVEIS EM RELAÇÃO AO ESTACIONAMENTO ENTRE A RUA EMÍLIO LEOBET E RUA VENERÁVEL NA AVENIDA CENTRAL.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADO UM REDUTOR DE VELOCIDADE NA RUA GUILHERME ECKER,PRÓXIMO AO Nº 300 NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE PLACA INDICATIVA NA RUA ANTIGO LEITO DA VIAÇÃO FÉRREA, BAIRRO TRÊS PINHEIROS.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIA PARA INSTALAÇÃO DE REDE PLUVIAL NA RUA GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA UMA AVALIAÇÃO DAS CONDIÇÕES DE SEGURANÇA DO DECK LOCALIZADO NA AV. BORGES DE MEDEIROS, EM FRENTE AO LAGO JOAQUINA RIT BIER.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA VERIFICADO AS CONDIÇÕES DE FUNCIONAMENTO DOS TERMÔMETROS LOCALIZADOS NA ZONA URBANA DA CIDADE.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS AS MEDIDAS CABÍVEIS PARA O CONCERTO DOS BURACOS AO LONGO DA VIA NA RUA VEREADOR CARLOS ALTREITER FILHO, BAIRRO VILA DO SOL.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA PROVIDENCIADO O RECAPEAMENTO ASFÁLTICO DA RUA PADRE NÓBREGA, NO BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA PROVIDENCIADO O RECAPEAMENTO ASFÁLTICO DA RUA DO REFÚGIO (EM FRENTE AO SUL SERRA HOTEL) NO BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE A SECRETARIA DE TRÂNSITO PROVIDENCIE A COLOCAÇÃO DE PLACA INDICATIVA COM O NOME DA RUA RIO GRANDE DO NORTE, NO BAIRRO DUTRA, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITAM ESTUDO PARA AUMENTO SALARIAL DOS CONSELHEIROS TUTELARES NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A IDENTIFICAÇÃO DOS CARROS QUE ESTÃO A SERVIÇO DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO DA RÓTULA DA RUA ACÁCIA NEGRA, BAIRRO AVENIDA CENTRAL.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A DIVULGAÇÃO E CADASTRAMENTO DE JOVENS DE 15 A 29 ANOS NO PROGRAMA </t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE O CONSERTO E REPARAÇÃO DAS PISCINAS DA SEDE DO CLUBE ONZE CANARINHOS.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A INTERCESSÃO DO EXECUTIVO MUNICIPAL JUNTO AO GOVERNO DO ESTADO REFERENTE AO PROVÁVEL AUMENTO NOS VALORES COBRADOS NOS PEDÁGIOS DA REGIÃO.                                                                                                                                                                                                                                                                                                                                                                                                                            </t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADA PLACA QUE INDIQUE QUE A RUA ANTIGO LEITO DA VIAÇÃO FÉRREA É SEM SAÍDA.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADA PLACA INDICATIVA E SINALIZAÇÃO NA ENTRADA DA ESCOLA NOSSA SENHORA DE FÁTIMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE  PARA PROIBIR ESTACIONAMENTO NOS PRIMEIROS 500 METROS DA RUA CONSTANTE PASQUAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O REFORÇO NA SINALIZAÇÃO DE TRÂNSITO NO CRUZAMENTO ENTRE A RUA FRANCISCO COMIOTTO E RUA DAS FONTES, NO BAIRRO FLORESTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO DA ESTRADA QUE DÁ ACESSO À LINHA CAMPESTRE DO TIGRE, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVITALIZAÇÃO E PLANTIO DE FLORES NA PRAÇA SILVIA ZORZANELLO, BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA NAS RUAS IDALINA E VIENA, NO BAIRRO TIROL, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA O RECAPEAMENTO DA RUA GUILHERME ABRAHAN, NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA LIMPEZA E REVITALIZAÇÃO DO CEMITÉRIO MUNICIPAL DE GRAMADO</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA DE SAÚDE, PARA QUE ATRAVÉS DA VIGILÂNCIA SANITÁRIA ENVIEM AGENTES DE ENDEMIAS PARA VISTORIA EM TODOS OS CEMITÉRIOS DO MUNICÍPIO PARA PREVENÇÃO DE POSSÍVEIS FOCOS DE MOSQUITOS.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONTINUAÇÃO DO ASFALTO NA ESTRADA JOSÉ BERGAMO FILHO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O PATROLAMENTO E A LIMPEZA DE VALETAS DA ESTRADA DA LINHA HÖRLLE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO AO LONGO DA RUA PINGO D'OURO, NO LOTEAMENTO ALTOS DA VIAÇÃO FÉRREA.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE PASSEIO PÚBLICO NA RUA VEREADOR CARLOS ALTREITER FILHO.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTE ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE A INSTALAÇÃO DE LIXEIRAS SUBTERRÂNEAS NA ÁREA CENTRAL DA CIDADE.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A DEVOLUÇÃO DE DOIS CARROS DOADOS PELO ÓRBIS CLUBE DA VÁRZEA GRANDE PARA O POSTO DE SAÚDE PARA O ATENDIMENTO DAQUELA LOCALIDADE</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO DOS TACHÕES COLOCADOS EM TRECHO DA RUA WALDEMAR FREDERICO WEBER, NO BAIRRO FLORESTA</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO DO ESTACIONAMENTO DE VEÍCULOS NA RUA PIAUI, NO BAIRRO DUTRA, ONDE A ATUAL LIBERAÇÃO DE ESTACIONAMENTO NOS DOIS LADOS CRIA DIFICULDADE PARA PASSAGEM DE VEÍCULOS MAIORES.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE DE ALARGAMENTO, ASFALTAMENTO E REVITALIZAÇÃO DA ESTRADA QUE DÁ ACESSO À LINHA SÃO ROQUE, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A DISTRIBUIÇÃO DO MEDICAMENTO INSULINA NA FARMÁCIA DA UNIDADE DE SAÚDE, SITUADA NA VILA OLÍMPIA, BAIRRO VÁRZEA GRANDE. _x000D_
 </t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA-SE O CONSERTO DOS PARALELEPÍPEDOS, LOCALIZADOS NO ACESSO A SERVIDÃO EXISTENTE NA AV. DAS HORTÊNSIAS, AO LADO DA AGENCIA DO BANCO ITAÚ.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROMOVA JUNTO ÀS  ESCOLAS MUNICIPAIS, CAMPANHA DE RECOLHIMENTO DE MATERIAIS ESCOLARES JÁ NÃO MAIS UTILIZADOS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REFORMA DO PASSEIO PÚBLICO PERTENCENTE À AVENIDA DAS HORTÊNSIAS, ENTRE OS NÚMEROS 1173 AO 1440, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA O PEDIDO DE REVITALIZAÇÃO E COLOCAÇÃO DE PLACA DE IDENTIFICAÇÃO DA PRAÇA WALDOMIRO RISSI, NO BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA A SOLICITAÇÃO PARA REFORMA E COLOCAÇÃO DE PLACA DE IDENTIFICAÇÃO NA PRAÇA DA MISS, NO BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A LIMPEZA NOS TERRENOS BALDIOS E DESRATIZAÇÃO DO BAIRRO CARNIEL</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO NA RUA MESTRE, NO BAIRRO FLORESTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM APRESENTADAS DATAS, LOCAIS, A FORMA DE COMO ESTÁ SENDO FEITA APLICAÇÃO DE BTI E A INTENSIFICAÇÃO DAS MESMAS PARA COMBATER A GRANDE INFESTAÇÃO DO MOSQUITO BORRACHUDO.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE OS BANHEIROS PÚBLICOS LOCALIZADOS NO LAGO NEGRO SEJAM ABERTOS MAIS CEDO.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA,LIMPEZA E ROÇADA DOS ARREDORES DA ESCADARIA PERTENCENTE A RUA BARROS CASSAL, NO BAIRRO PRINSTROP, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE OS FISCAIS DE TRÂNSITO ATUEM COM MAIOR FREQUÊNCIA NAS PRINCIPAIS RÓTULAS DO MUNICÍPIO E EM LOCAIS DE EVENTOS. </t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE O ESTUDO PARA INSTALAÇÃO DE UMA ROTATÓRIA NA AV. BORGES DE MEDEIROS, ESQUINA RUA JOÃO PETRY.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE PINTURA E REVISÃO DA ILUMINAÇÃO NOS PÓRTICOS DA CIDADE.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REGULARIZAÇÃO DO RECOLHIMENTO DE LIXO NO LOTEAMENTO MORADA DA SERRA, BAIRRO MATO QUEIMADO.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PROFESSORES DE INGLÊS PARA A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PEDRO ZUCOLOTTO, BAIRRO TRÊS PINHEIROS.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE MEIO-FIO NA RUA PORTO ALEGRE, ONDE OCORREM OS EXAMES PRÁTICOS DO DETRAN, BAIRRO MOURA.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO NAS RUAS PERTENCENTES AO LOTEAMENTO MICHAELSEN, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA MELHORADA A DIVULGAÇÃO DO ESPAÇO CULTURAL ESTAÇÃO FÉRREA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE NESTE ANO DURANTE O EVENTO NATAL LUZ, O BAIRRO VÁRZEA GRANDE RECEBA A DECORAÇÃO DO EVENTO QUE VALORIZE O PÓRTICO DO BAIRRO, BEM COMO SUA PRAÇA CENTRAL.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITO À SECRETARIA DE SAÚDE E AO CONSELHO MUNICIPAL DE SAÚDE ESTUDEM A VIABILIDADE DA IMPLANTAÇÃO DE UM CENTRO ESPECIALIZADO EM REABILITAÇÃO ÀS PESSOAS PORTADORAS DE DEFICIÊNCIAS FÍSICAS.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADA UMA PLACA INDICANDO A PASSAGEM DE CRIANÇAS, NA RUA CARLOS ALTREITER FILHO, JUNTO A ESCADARIA QUE DÁ ACESSO A ESCOLA NOSSA SENHORA DE FÁTIMA, NO LOTEAMENTO VILA DO SOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO NA LINHA 28.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO NA LINHA CARAHÁ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO NA LINHA HÖRLE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO NA LINHA MOREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO NA LOCALIDADE DO MORRO AGUDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO NA LINHA QUILOMBO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO NA ESTRADA QUE DA ACESSO A LINHA RENÂNIA.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO NA LINHA TAPERA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DA AV. DO TRABALHADOR, NO BAIRRO VÁRZEA GRANDE, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DA ESTRADA SERRA GRANDE.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE  VIABILIDADE PARA A IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE NA RUA MIGUEL TISSOT, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA INFORMADO ATRAVÉS DA SECRETARIA COMPETENTE O NÚMERO DE ANIMAIS QUE FORAM DOADOS, CASTRADOS E CHIPADOS E O NOME DE SEUS RESPECTIVOS DONOS.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJAM FEITO REPARO DOS BURACOS NA RUA FRANCISCA MOSCHEM B NA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA COMPLEMENTAÇÃO DE COLOCAÇÃO DE PLACAS DE NOMENCLATURA DE RUAS, NOS LOCAIS QUE ATÉ HOJE NÃO FORAM CONTEMPLADOS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITE REVITALIZAÇÃO DAS PLACAS DE NOMENCLATURA DAS RUAS E PLACAS INDICATIVAS DE LOGRADOUROS EM TODO MUNICIPIO.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA INSTALADO JUNTO AO PRÉDIO ADMINISTRATIVO DA VÁRZEA GRANDE(SUBPREFEITURA), UM SETOR DE PROTOCOLO E POSTO DE ATENDIMENTO DA SECRETARIA DA FAZENDA.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA UMA REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA NA RUA DEMÉTRIO PEREIRA DOS SANTOS, NO BAIRRO PLANALTO</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE NA FUTURA REVISÃO DA LEI 3.464 QUE TRATA DA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO, SEJA CRIADO LEGALMENTE A SUBPREFEITURA DA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE A PONTE DO MOREIRA, PRÓXIMO DA SOCIEDADE E IGREJA, NA ESTRADA ANTIGA SEJA SUBSTITUÍDA POR CONCRETO.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AMPLIAÇÃO DA ILUMINAÇÃO NA PRAÇA DA VIAÇÃO FÉRREA, NO BAIRRO VÁRZEA GRANDE, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A EXECUÇÃO DE PASSEIO PÚBLICO &amp;#8220;CALÇADA&amp;#8221;, NAS RUAS QUE INTERLIGAM O LOTEAMENTO MICHAELSEN, DEI FIORE E A VIAÇÃO FÉRREA, NO BAIRRO VÁRZEA GRANDE, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA A SOLICITAÇÃO PARA A CONSTRUÇÃO DE UMA PRAÇA DE BRINQUEDOS NO LOTEAMENTO MAZURANA, BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO A INSTALAÇÃO DE UMA PARADA DE ÔNIBUS COM RECUO DE PASSEIO PÚBLICO NA RUA 1º DE MAIO, EM FRENTE À VILA OLÍMPICA. </t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO PARA QUE RETOME O PROJETO DE PASSEIO PÚBLICO NOS ALTOS DA VIAÇÃO FÉRREA. </t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, NA RUA DOS CRAVOS, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONTINUAÇÃO DO ASFALTO NA ESTRADA PARA O MOLEQUE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA AFIXADA PLACA INDICANDO RUA SEM SAÍDA, NA RUA PEDRO TOMAZELLI, NO LOTEAMENTO VILA DO SOL, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE AMPLIE O TRABALHO DE DIVULGAÇÃO DE ADOÇÃO DOS ANIMAIS.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO QUE CRIE UM SERVIÇO PÚBLICO MUNICIPAL DE CONTROLE POPULACIONAL DE CÃES E GATOS, E EDUCACIONAL A SER REALIZADO ATRAVÉS DE UM &amp;#8220;CASTRA MÓVEL&amp;#8221;. </t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA PROVIDENCIADO RECAPEAMENTO ASFÁLTICO NA RUA FARRAPOS, NO BAIRRO PIRATINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ENCAMINHAMENTO DE OFÍCIO DE CREDENCIAMENTO PARA A AQUISIÇÃO DE DUAS NOVAS AMBULÂNCIAS.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM FEITOS REPAROS EM TODA EXTENSÃO DA ESTRADA JOSÉ BERGAMO FILHO, NA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO NA RUA OSCAR WILLE, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA QUE SEJA CRIADA UMA LEI DE INCENTIVO E OU DESCONTO NO IPTU OU ISSQN ÀS PESSOAS JURÍDICAS QUE COMPROVAREM INVESTIMENTOS PARA A CRIAÇÃO, RECUPERAÇÃO E OU MANUTENÇÃO DE ESPAÇOS ESPORTIVOS PÚBLICOS</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO DA PRACINHA DE BRINQUEDOS E DO CAMPO DE AREIA DO BAIRRO MOURA.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO SOLICITAÇÃO PARA EXECUÇÃO DE PASSEIO PÚBLICO "CALÇADA",A PARTIR DO PÓRTICO VIA NOVA PETRÓPOLIS ATÉ O BAIRRO CASAGRANDE, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA REFEITO O CERCAMENTO AO REDOR E DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL MOSÉS BEZZI BEM COMO SEJA INSTALADO UM NOVO PORTÃO NA ENTRADA PRINCIPAL DA MESMA, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA IMPLANTAR MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, NA RUA DAS DÁLIAS, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O CONSERTO DE PASSEIO PÚBLICO "CALÇADA", DA RUA JOÃO ALFREDO SCHNEIDER, NO BAIRRO PLANALTO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO NA AVENIDA VILLAGIO - LOTEAMENTO PARQUE DAS FONTES, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE A REK PARKING FAÇA ADEQUAÇÃO AO NÚMERO DE VAGAS DE ESTACIONAMENTO, DESTINADA PARA IDOSO E DEFICIENTE, DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE RECUE A FAIXA DE SEGURANÇA LOCALIZADA NA RUA ACÁCIA NEGRA EM FRENTE À PANVEL, EM GRAMADO.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE PARA A COLOCAÇÃO DE UM CORRIMÃO NA RUA 25 DE JULHO, DESCIDA QUE DÁ ACESSO AO LAGO NEGRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA PEDIDO DE PROVIDÊNCIAS Nº138/2017, ONDE SOLICITA A REGULAMENTAÇÃO, ATRAVÉS DE DECRETO, DA LEI FEDERAL Nº12.846 DE 2013, CONHECIDA OMO LEI ANTICORRUPÇÃO.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CRIAÇÃO DA GUARDA CIVIL MUNICIPAL</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE MANTENHA A PRAÇA DAS CASTANHEIRAS FECHADA À NOITE E FAÇA ALGUNS REPAROS NECESSÁRIOS.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ESTUDO DE VIABILIDADE QUE VISE À MELHORIA NOS ACESSOS ÀS CALÇADAS DO MUNICÍPIO, VISANDO A MELHORIA DO ACESSO DE PESSOAS PORTADORAS DE DEFICIÊNCIAS QUE FAZEM USO DE CADEIRAS DE RODAS.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE CONSERTE O RELÓGIO DA PRAÇA DA IGREJA MATRIZ SÃO PEDRO, EM GRAMADO.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO NA RUA QUERINO ARY CANDIAGO, NO BAIRRO PLANALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADO UM PORTÃO COM FECHAMENTO ELETRÔNICO NA ESCOLA MUNICIPAL PADRE ANCHIETA NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CANALIZAÇÃO DO ESGOTO A CÉU ABERTO NA ÁREA LOCALIZADO ATRÁS DO GINÁSIO DA ESCOLA NOSSA SENHORA DE FATIMA, NO BAIRRO VILA DO SOL.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO RECAPEAMENTO ASFALTICO EM TODA A EXTENSÃO DA RUA PADRE SCHOOL NO BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO RECAPEAMENTO ASFALTICO EM TODA A EXTENSÃO DA TRAVESSA MOURA NO BAIRRO MOURA</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADO UM REDUTOR DE VELOCIDADE NA RUA ÂNGELO TISSOT NA VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA RUA THEODORO MICHAELSEN NO BAIRRO MOURA.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ALARGAMENTO E MELHORIAS NO PASSEIO PÚBLICO DA AV DAS HORTÊNSIAS, DESDE A  RUA JOÃO XXIII ATÉ A ÁREA CENTRAL DA CIDADE.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA PARADA DE ÔNIBUS NA ERS-115, NA RÓTULA DO BAIRRO TRÊS PINHEIROS, SAÍDA DO SERRA PARK.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO DA RUA SANTO ÂNGELO, BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL ANALISE A POSSIBILIDADE DE NA CONSTRUÇÃO DO NOVO POSTO DE SAÚDE DA VÁRZEA GRANDE, UTILIZE A ENERGIA FOTOVOLTAICA EM SUAS DEPENDÊNCIAS.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A CRIAÇÃO DE UM ÍCONE NO PORTAL DA TRANSPARÊNCIA DO SITE DA PREFEITURA MUNICIPAL, ONDE OS CONTRIBUINTES POSSAM FAZER UMA AVALIAÇÃO DAS SECRETARIAS E FUNCIONÁRIOS PÚBLICOS DA ADMINISTRAÇÃO MUNICIPAL</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO RECAPEAMENTO ASFÁLTICO NA RUA EUZÉBIO BALZARETTI, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/748/748_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/748/748_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO RECAPEAMENTO ASFÁLTICO NA RUA AUGUSTO ZATTI, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/749/749_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/749/749_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO RECAPEAMENTO ASFÁLTICO NA RUA SALGADO FILHO, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE PASSEIO PÚBLICO NA RUA QUARAÍ, NO BAIRRO PRINSTROP, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO NAS RUAS THEOBALDO PRINSTROP, MARECHAL RONDON, IJUÍ E QUARAÍ, AMBAS PERTENCENTES AO BAIRRO PRINSTROP, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE BOEIROS AO LONGO DA ESTRADA PARA A LINHA NOVA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONTINUAÇÃO DO ASFALTO NA ESTRADA PARA A LINHA NOVA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO RECAPEAMENTO ASFÁLTICO NA RUA VEREADOR THEODORO MICHAELSEN, BAIRRO MATO QUEIMADO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO RECAPEAMENTO ASFÁLTICO NA RUA WILMA DINNEBIER, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADA SINALIZAÇÃO APROPRIADA EM TODA EXTENSÃO DA ESTRADA ,DESDE A SOCIEDADE SÃO LUIS ATÉ A SERRA GRANDE, POR EXISTIR POUCA VISIBILIDADE PRINCIPALMENTE EM DIAS DE NEBLINA.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE QUEBRA-MOLAS NA RUA CAMPESTRE DO TIGRE.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A COLOCAÇÃO DE SINALIZAÇÃO NA ESTRADA PARA LINHA NOVA, COM INFORMAÇÕES DE ANIMAIS NA PISTA E TRÂNSITO DE VEÍCULOS LENTOS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO MELHORAMENTOS NA RUA VIAÇÃO FÉRREA, NO BAIRRO TRÊS PINHEIROS, DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA CONSTRUÍDO UM MEMORIAL EM FRENTE À IGREJA DA LINHA NOVA, DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITO O ASFALTAMENTO NO TRECHO LINHA BONITA ALEMÃ, A PARTIR DA ROTULA EM FRENTE À SOCIEDADE DA LINHA BONITA, DESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE NA REVISÃO DO PLANO DIRETOR URBANO E RURAL, SEJA REVISTO A DISTANCIA MINIMA EXIGIDA, A PARTIR DA ESTRADA, PARA CONSTRUÇÃO NA ZONA RURAL, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE NA REVISÃO DO PLANO DIRETOR URBANO E RURAL, SEJA REVISTO OS ÍNDICES DE APROVEITAMENTO E CONSTRUTIVO NA ZONA RURAL, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A CRIAÇÃO DE UM PROJETO DE REVITALIZAÇÃO DA CARRIERE, EM GRAMADO.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO, SEJA PROVIDENCIADO UM ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE, </t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE RUA CONSTANTE PASCHOAL, NO LOTEAMENTO VILA DO SOL, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>REITERA A SOLICITAÇÃO PARA QUE SEJAM REALIZADOS AJUSTES NO ASFALTO REFERENTE LINHA CABOCLO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O PATROLAMENTO E A LIMPEZA DE VALETAS NA ESTRADA DA LINHA CABOCLO -MOREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA FEITA ALTERAÇÃO NA COMPOSIÇÃO DOS CONSELHOS MUNICIPAIS PARA INCLUIR UM REPRESENTANTE DA AGEU-ASSOCIAÇÃO GRAMADENSE DE ESTUDANTES UNIVERSITARIOS,EM CADA CONSELHO.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA COLOCADO REDUTOR DE VELOCIDADE (QUEBRA-MOLAS), ENTRE A RUA LUIZ PRASS E RUA FRANCISCO COMIOTTO, NO BAIRRO FLORESTA, DESTE MUNICIPIO</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A ROÇADA E LIMPEZA DOS CANTEIROS DA ESF NAILOR BALZARETTI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO O RECOLHIMENTO DO LIXO NA RUA DANIEL JOSÉ AREND, NO BAIRRO CASAGRANDE</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO RECAPEAMENTO ASFÁLTICO EM TODA A EXTENSÃO DA RUA JULITA B BALZARETTI,NO BAIRRO PÓRTICO II</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ESTUDO DA IMPLANTAÇÃO DA DISCIPLINA EDUCAÇÃO FINANCEIRA NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA O PEDIDO PARA QUE SE FAÇA A REVISÃO E OS DEVIDOS REPAROS NA ILUMINAÇÃO PÚBLICA DA ESTRADA JOSÉ BERGAMO FILHO.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO O RECOLHIMENTO DO LIXO NO ACESSO DE ENTRADA E TODO LOTEAMENTO MAZURANA.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO, PROVIDENCIE UM ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE UM </t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUANDO DA INSTALAÇÃO DAS VAGAS DE ESTACIONAMENTO PARA DEFICIENTE FÍSICO, CONFORME OF. 414/2017, SEJA DADO ATENÇÃO ESPECIAL A LOCAIS PRÓXIMOS DE AGÊNCIAS BANCARIA E FARMACIAS NA REGIÃO DE COBERTURA DA EMPRESA REK PARKING, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ESTUDO DE VIABILIDADE PARA INDICAÇÃO DE VAGAS PRIORITÁRIAS DE ESTACIONAMENTO NA RUA TRISTÃO DE OLIVEIRA, PRÓXIMO À CASA LOTÉRICA.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA REALIZADA A MANUTENÇÃO DA BIBLIOTECA PUBLICA MUNICIPAL CYRO MARTINS, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/822/822_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/822/822_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITO O RECOLHIMENTO DO LIXO E MATERIAL DE CONSTRUÇÃO QUE ESTÁ OCUPANDO BOA PARTE DA RUA TIROL PARA A CONSTRUÇÃO DE UM PRÉDIO.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDO DE VIABILIDADE PARA CONSTRUÇÃO DE UMA PRAÇA NA RUA JOÃO ALOÍSIO ATZ NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/834/834_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/834/834_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE PROMOVA MELHORIAS NAS RUAS NÃO PAVIMENTADAS DO VALE DOS PINHEIROS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE CONTAINER DE LIXO ORGÂNICO E SECO NA ESTRADA JOSÉ BERGAMO FILHO, ENTRE O LOTEAMENTO PARAÍSO COM O LOTEAMENTO VILA DO SOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE QUEBRA-MOLAS NA RUA WALDEMAR FREDERICO WEBER.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO NA RUA ALBINO MICHAELSEN NO LOTEAMENTO MICHAELSEN, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS, SEJA PROVIDENCIADO A RECUPERAÇÃO DAS LATERAIS DA RUA PREFEITO NELSON DINNEBIER, NO ENTORNO DA ESTAÇÃO DE TRATAMENTO DA CORSAN.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA NA RUA MIGUEL TISSOT, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA NA AVENIDA DO TRABALHADOR, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>Manu , Professor Daniel</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA UNIFORME ADEQUADO E EPIS PARA OS SERVIDORES DA SECRETARIA MUNICIPAL DE OBRAS</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE FAÇA A MANUTENÇÃO DAS PLACAS DE SINALIZAÇÃO LOCALIZADAS NO BAIRRO PLANALTO, EM GRAMADO.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE AUMENTAR O NÚMERO DE VAGAS &amp;#8220;EXCLUSIVO AO AGRO TURISMO&amp;#8221;, LOCALIZADO NA PRAÇA DAS ETNIAS.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE CONTEMPLE AS ACADEMIAS DE RUA JÁ EXISTENTES NO MUNICÍPIO COM BARRA FIXA, PARALELA, BANCO ABDOMINAL E ESPALDAR.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>SOLICITO INSTALAÇÃO DE UMA CENTRAL DE TRIAGEM PARA RESÍDUOS DE MATERIAIS DE CONSTRUÇÃO CIVIL, ORIUNDOS DE DEMOLIÇÕES, REFORMAS, CONSTRUÇÕES E OUTROS.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/872/872_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/872/872_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERO PEDIDO DE PROVIDENCIA PARA QUE SEJA FEITA MELHORIAS NA RUA QUERINO ARY CANDIAGO, NO BAIRRO PLANALTO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO DA PRAÇA DE BRINQUEDOS PERTENCENTE A VILA OLÍMPICA NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A LIMPEZA NA BOCA DE LOBO NA RUA SANTO ANTÔNIO NO BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DA RUA PRIMEIRO DE MAIO.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO RUA LEOPOLDO TISSOT.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE REALIZE ESTUDO DA POSSIBILIDADE DE IMPLANTAÇÃO DE UMA QUADRA COBERTA E DE PISO ESPORTIVO DE CONCRETO NA PRAÇA DAS CASTANHEIRAS.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL REALIZE ESTUDO DE VIABILIDADE PARA RECAPEAMENTO ASFÁLTICO NA RUA PADRE CARMENE, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVISÃO E REPAROS NA ILUMINAÇÃO PÚBLICA DA LINHA ARARIPE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA A AMPLIAÇÃO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PADRE ANCHEITA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ASFALTAMENTO NA ESTRADA QUE COMPREENDE DA LINHA ARARIPE À LINHA ÁVILA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.docx</t>
   </si>
   <si>
     <t>REITERA A SOLICITAÇÃO DE UM ESTUDO DE VIABILIDADE PARA QUE SEJA FEITO QUEBRA-MOLAS, OU MEDIDA CABÍVEL PARA QUE HAJA A REDUÇÃO DE VELOCIDADE, ESTRADA PARA O CARAHÁ, EM SEU INÍCIO, LOCALIZADO PRÓXIMA AO TREVO ALI EXISTENTE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DOS DECKS PERTENCENTES AO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA INTENSIFICAÇÃO NAS CAMPANHAS E AÇÕES DE COMBATE AO MOSQUITO BORRACHUDO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE ATRAVÉS DA SECRETARIA COMPETENTE VIABILIZE PROJETO PARA QUE O IMÓVEL OBJETO DA MATRÍCULA Nº8.600, LOCALIZADO NA SERRA GRANDE &amp;#8220;MORRO AGUDO&amp;#8220;   SEJA IMPLANTADO PARQUE TURÍSTICO E DE PRESERVAÇÃO AMBIENTAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO VIÁRIA NA RUA TUIUTI, NO BAIRRO PIRATINI.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA CONSTRUÇÃO DE UM CREMATÓRIO MUNICIPAL, JUNTO AO CEMITÉRIO PÚBLICO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE INTENSIFIQUE A COLETA DE LIXO NA CIDADE.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS SEJA PROVIDENCIADO O PATROLAMENTO NA ESTRADA DO LOTEAMENTO FRÖHLICH, LOCALIZADO ATRÁS DO PARQUE TEMÁTICO SNOWLAND, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DE PASSEIO PÚBLICO PERTENCENTE À RUA GARIBALDI, NO BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ATRAVÉS DA SECRETARIA DE TRÂNSITO SEJA ELABORADO UM ESTUDO DO IMPACTO QUE AS FUTURAS INSTALAÇÕES DA UNOPAR PODERÃO CAUSAR NA CIRCULAÇÃO DE VEÍCULOS E NA MOBILIDADE DO BAIRRO PIRATINI, ASSIM COMO, APÓS ESSE ESTUDO SEJA APRESENTADO ALTERNATIVAS PARA AMENIZAR O IMPACTO NESSE LOCAL.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>Celso Fioreze</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADO O ENCANAMENTO E ATERRAMENTO EM FRENTE À SOCIEDADE DA LINHA FURNA, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CRIAÇÃO DE UMA CENTRAL DE ACHADOS E PERDIDOS NO MUNICÍPIO</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REFORÇO NA SINALIZAÇÃO DE TRÂNSITO NO ENTRONCAMENTO DAS RUAS ERNESTO VOLK E TRISTÃO DE OLIVEIRA, BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A DISPONIBILIZAÇÃO DE LIXEIRAS MAIS RESISTENTES PARA LIXO ORGÂNICO E SECO NA ESCADARIA PRINCIPAL DA ESCOLA DE ENSINO FUNDAMENTAL NOSSA SENHORA DE FÁTIMA, NO LOTEAMENTO VILA DO SOL, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E OS DEVIDOS REPAROS NA PARADA DE ÔNIBUS QUE FICA NA ENTRADA DO LOTEAMENTO MAZZURANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E PLANTIO DE FLORES NA RÓTULA PERTENCENTE A AVENIDA 1º DE MAIO (SÃO LUIS) NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE ESTE ATRAVÉS DA SECRETARIA DE OBRAS, TRANSPORTES E MEIO AMBIENTE, ESTUDE A VIABILIDADE DE INSTALAR NAS BOCAS DE LOBO DE NOSSA CIDADE, O "BLOQUEADOR DE BOCA DE LOBO INTELIGENTE",COM O OBJETIVO DE IMPEDIR O RETORNO DO MAU CHEIRO E VINDA DE PARASITAS, ATRAVÉS DO SISTEMA AUTOMÁTICO DE PORTAS QUE ABREM E FECHAM</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE ESTUDE A VIABILIDADE DE ADEQUAÇÃO NA LEI MUNICIPAL 2.071/2003, ARTIGO 5º, §1º, PARA QUE ALTERE A CAPACIDADE MÁXIMA DE PASSAGEIROS EM VEÍCULOS TÁXI DE 05 (CINCO) PARA 07 (SETE) CONFORME ARTIGO 2º DA LEI FEDERAL 12.468/2011.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A REFORMA OU SUBSTITUIÇÃO DE PORTAS E JANELAS DEFEITUOSAS ENTRE OUTRAS NECESSIDADES NA FARMÁCIA COMUNITÁRIA DA SERRA GRANDE.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A PAVIMENTAÇÃO ASFÁLTICA EM FRENTE AO PAVILHÃO DA COMUNIDADE EVANGÉLICA DA SERRA GRANDE.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA OPERAÇÃO TAPA-BURACOS NO BAIRRO VILLAGIO</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO E O PLANTIO DE FLORES NAS FLOREIRAS SUSPENSAS LOCALIZADAS NA AVENIDA DAS HORTÊNSIAS, JUNTO AO BELVEDERE.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA FISCALIZAÇÃO DAS VAGAS DE ESTACIONAMENTO NA RUA ÂNGELO BISOL, PRÓXIMO AO Nº 70.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA CUMPRIMENTO DA LEI Nº 2333/2005 - LEI DAS FILAS E INTENSIFICAÇÃO DA FISCALIZAÇÃO DA MESMA</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA REVITALIZAÇÃO GERAL NA RUA COBERTA</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADO UM PORTÃO COM FECHAMENTO ELETRÔNICO NA ESCOLA MUNICIPAL DE ENSINO INFANTIL RAIO DE SOL, NO BAIRRO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A LIMPEZA DA ÁREA VERDE LOCALIZADA NA RUA JOSÉ CABERLON NO BAIRRO VÁRZEA GRANDE.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE ESTUDE A VIABILIDADE DE REPLANEJAMENTO DO PÓRTICO II, EM GRAMADO.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA COLOCADO UM REDUTOR DE VELOCIDADE NA RUA AMAPÁ, BAIRRO DUTRA, PRÓXIMO AO Nº 126. </t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE REDUTORES DE VELOCIDADE OU LOMBADA NA AV. BORGES DE MEDEIROS, ENTRE A BANCA DO RUDÃO ATÉ A RÓTULA DO CORPO DE BOMBEIROS, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO E OPERAÇÃO TAPA-BURACOS NA RUA PADRE DA NÓBREGA, BAIRRO PIRATINI</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI SISTEMA DE COMPENSAÇÃO DE HORÁRIO NO ÂMBITO DO PODER LEGISLATIVO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE  ACOMPANHA AS DATAS ESPECIFICADAS DO CALENDÁRIO OFICIAL, PARA O EXERCÍCIO DE 2017, QUE DEFINEM FERIADOS E PONTOS FACULTATIVOS NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O DECRETO 002/2017, QUE ACOMPANHOU DATAS DO CALENDÁRIO OFICIAL PARA O EXERCÍCIO DE 2017, DEFININDO FERIADOS E PONTOS FACULTATIVOS NO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI A &amp;#8220;SEMANA LEGISLATIVA DE APOIO A FAMÍLIA&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O §3º, DO ART. 1º, DO DECRETO LEGISLATIVO 01/2017.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.docx</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS E ACRESCENTA ARTIGOS JUNTO À LEI ORGÂNICA MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE CERTIFICADO DE MULHER CIDADÃ À SRA. RITA DE CÁSSIA DRAGO MALDANER.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE CERTIFICADO DE MULHER CIDADÃ À SRA. HANNA CHRISTINE TREIN DRECKSLER.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE CERTIFICADO DE MULHER CIDADÃ À SRA. CLAUDIA NARA MALDANER. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE OS ESTÁGIOS DE ESTUDANTES NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE GRAMADO._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MULHER CIDADÃ À SRA. TALITA RAABER.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O INCISO II, DO ART. 2º, DA LEI 3.372, DE 11 DE MARÇO DE 2015.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO COMUNITÁRIO DO NATAL LUZ.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O DIA MUNICIPAL DOS PROFISSIONAIS DE ENFERMAGEM NO MUNICÍPIO DE GRAMADO. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE O TROFÉU MÉRITO GRAMADO AO SR. CARLOS HENRIQUE SCHRODER.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TROFÉU MÉRITO GRAMADO AO SR. ROBERTO DUAILIBI. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE O TROFÉU MÉRITO GRAMADO AO SR. AIRTON ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA COLABORATIVO DE SEGURANÇA E MONITORAMENTO NO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI CONSELHO COMUNITÁRIO DO NATAL LUZ DE GRAMADO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREVENÇÃO E A PUNIÇÃO DE ATOS DE PICHAÇÃO DO PATRIMÔNIO PÚBLICO E PRIVADO NO ÂMBITO DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A "SEMANA MUNICIPAL DA FAMÍLIA" NO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE O TROFÉU "MÉRITO GRAMADO" AO LIONS CLUBE INTERNACIONAL.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI NOMENCLATURA DE TRAVESSA.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE AS AGÊNCIAS BANCÁRIAS PÚBLICAS E PRIVADAS E AS COOPERATIVAS DE CRÉDITO COM SEDE NO MUNICÍPIO DE GRAMADO CONTRATAREM VIGILÂNCIA ARMADA DURANTE O FUNCIONAMENTO INTEGRAL DAS SALAS DE AUTOATENDIMENTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE O TROFÉU "MÉRITO GRAMADO" AO SR. BENONI EMÍLIO MORAES</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI NOMENCLATURA DE RUA NO LOTEAMENTO RESIDENCIAL CARAZAL, PASSA DENOMINAR - SE RUA RAPHAEL FORNER.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE-SE HOMENAGEM AS IGREJAS EVANGÉLICAS LUTERANAS DE GRAMADO RS, ATRAVÉS DA ENTREGA DO TROFÉU "CIDADE JARDIM DAS HORTÊNSIAS", PELOS RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO A MAIS DE 100 ANOS E PELA PASSAGEM DOS 500 ANOS DA REFORMA LUTERANA.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NOMENCLATURA DE PRAÇA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2° DA LEI N° 3471 DE 23 DE DEZEMBRO DE 2015.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI NOMENCLATURA DE ESTRADA.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DAS AGÊNCIAS BANCÁRIAS NO ÂMBITO DO MUNICÍPIO DE GRAMADO, RESPONSÁVEIS POR DEPÓSITOS E/OU PAGAMENTOS DE QUANTIAS PROVENIENTES DE ALVARÁS JUDICIAIS, DE CRIAREM SETOR ESPECÍFICO PARA TAL FINALIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/824/824_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/824/824_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA GRATIFICAÇÕES PELO EXERCÍCIO DAS FUNÇÕES DE GESTÃO FINANCEIRA E DE PREGOEIRO NA CÂMARA MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE GRAMADO A REALIZAR CONTRATAÇÃO TEMPORÁRIA POR EXCEPCIONAL INTERESSE PÚBLICO, DE TÉCNICO EM INFORMÁTICA, POR PRAZO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESENÇA DA CULTURA GAÚCHA NOS EVENTOS PÚBLICOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A CAMPANHA DE ESTIMULO AO CUIDADO DA SAÚDE MENTAL E BEM ESTAR, DENOMINADA &amp;#8220;JANEIRO BRANCO&amp;#8221; NO ÂMBITO DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA A INSTALAÇÃO DE SISTEMA DE SEGURANÇA BASEADO EM VIDEOMONITORAMENTO NAS ESCOLAS PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.docx</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA O CARGO DE DIRETOR DA ESCOLA DO LEGISLATIVO DE GRAMADO.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI Nº 2.835, DE 25 DE MAIO DE 2010, QUE DISPÕE SOBRE O FUNDO MUNICIPAL DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE COM O MOVIMENTO COMUNITÁRIO DE COMBATE A VIOLÊNCIA - MOCOVI GRAMADO.</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI N° 3.523, DE 26 DE DEZEMBRO DE 2016, QUE INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS PARA O ANO DE 2017 NO MUNICÍPIO DE GRAMADO.</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GRAMADO A CONCEDER ÍNDICE PARA A REVISÃO GERAL ANUAL AOS SERVIDORES DO PODER EXECUTIVO E LEGISLATIVO E DA AUTARQUIA MUNICIPAL DE TURISMO - GRAMADOTUR, EM CONFORMIDADE COM A LEI Nº 1.909, DE 19 DE MARÇO DE 2002, E A LEI Nº 3.490, DE 26 DE JUNHO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>ALTERA A ALÍNEA A, DO INCISO II DO ARTIGO 3º DA LEI 3.386, DE 17 DE ABRIL DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -9062,157 +9062,157 @@
   <si>
     <t>1024</t>
   </si>
   <si>
     <t xml:space="preserve">O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A REALIZAR A CONCESSÃO DE USO DE ESPAÇO PÚBLICO PARA EXPLORAÇÃO DO SERVIÇO DE PEDALINHO NO PARQUE DO LAGO NEGRO, MEDIANTE REMUNERAÇÃO E PROCESSO LICITATÓRIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.305, DE 28 DE AGOSTO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS. JUNTAMENTE COM MENSAGEM RETIFICATIVA. </t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE LICENCIAMENTO AMBIENTAL (TLA) (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICÍPIO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.docx</t>
   </si>
   <si>
     <t>REGULAMENTA A ORGANIZAÇÃO INTERNA DO SETOR DE COMPRAS DA CÂMARA DE VEREADORES DE GRAMADO/RS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.docx</t>
   </si>
   <si>
     <t>DESIGNA COMISSÃO ESPECIAL PARA EXAME DA ALTERAÇÃO À LEI ORGÂNICA E AO REGIMENTO INTERNO, NOS TERMOS DOS ARTS. 94, III E 97, I E II, DO REGIMENTO INTERNO.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO 05/2013</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.docx</t>
   </si>
   <si>
     <t>REGULAMENTA A UTILIZAÇÃO DOS ESPAÇOS DA CÂMARA MUNICIPAL DE GRAMADO  POR TERCEIROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.docx</t>
   </si>
   <si>
     <t>REGULAMENTA O PAGAMENTO DE DESPESAS COM CELULARES.</t>
   </si>
   <si>
     <t>REGULAMENTA AS CONSIGNAÇÕES EM FOLHA DE PAGAMENTO DE SERVIDORES PÚBLICOS DO LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE COMISSÃO ESPECIAL DE INSTRUÇÃO DOS PROCESSOS DE JULGAMENTO DE CONTAS DE GOVERNO DO MUNICÍPIO DE GRAMADO, REFERENTE AOS ANOS DE 2009, 2010 E 2011.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO, PAGAMENTO E A PRESTAÇÃO DE CONTAS DE DIÁRIAS, TRANSPORTE E O USO DE VEÍCULO PARTICULAR A SERVIÇO PÚBLICO, PARA VEREADORES E SERVIDORES DO PODER LEGISLATIVO DE GRAMADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE ADIANTAMENTO PARA DESPESAS DA CÂMARA DE VEREADORES DE GRAMADO/RS.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA RESOLUÇÃO 08/2017, QUE &amp;#8220;REGULAMENTA AS CONSIGNAÇÕES EM FOLHA DE PAGAMENTO DE SERVIDORES PÚBLICOS DO LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A ESCOLA DO LEGISLATIVO DE GRAMADO, RIO GRANDE DO SUL._x000D_
 </t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>Comissão Especial de Alteração ao Regimento Interno</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE GRAMADO.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.docx</t>
   </si>
   <si>
     <t>SERVE O PRESENTE PARA SOLICITAR-LHE A RETIRADA DE TRAMITAÇÃO DO PROJETO DE EMENDA À LEI ORGÂNICA 3/2017, CONFORME PROCESSO 138/201 DE MINHA AUTORIA.</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.docx</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.docx</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI 11/2017 - ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 3.502, DE 21 DE OUTUBRO DE 2016, QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DE 2017.</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº 12/2017 - "O MUNICÍPIO DE GRAMADO FICA AUTORIZADO A CONTRIBUIR FINANCEIRAMENTE, A TÍTULO DE SUBVENÇÃO ECONÔMICA, À FUNDAÇÃO REGIÃO DAS HORTÊNSIAS CONVENTION &amp; VISITORS BUREAU". COM MENSAGEM RETIFICATIVA 001/2017.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI 036/2017 QUE ALTERA DISPOSITIVOS DA LEI Nº 2.821, DE 24 DE MARÇO DE 2010 QUE DÁ NOVA ESTRUTURA AO CONSELHO MUNICIPAL DE DESPORTOS E CRIA O FUNDO MUNICIPAL DE DESENVOLVIMENTO DO ESPORTE.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI 040/2017 QUE "ALTERA A LEI MUNICIPAL Nº 3.526, DE 26 DE DEZEMBRO DE 2016."</t>
   </si>
@@ -9222,51 +9222,51 @@
   <si>
     <t xml:space="preserve">ALTERA OS PARÁGRAFOS 7º E 9º DO ART. 6º DA LEI 2.913, DE 06 DE MAIO DE 2011 QUE DISPÕE SOBRE O PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE GRAMADO E O INCISO I DO ART. 4º DA LEI Nº 3.494, DE 23 DE AGOSTO DE 2016 QUE DISPÕE SOBRE A INSTITUIÇÃO DA GESTÃO DEMOCRÁTICA NO SISTEMA MUNICIPAL DE ENSINO PÚBLICO DE GRAMADO. </t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº 67/2017 QUE "INSTITUI A TAXA DE GERENCIAMENTO OPERACIONAL (TGO) SOBRE O SERVIÇO DE CARONA REMUNERADA GERENCIADA POR APLICATIVOS." (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº 63/2017 QUE ALTERA OS ANEXOS II E III DA LEI MUNICIPAL Nº 2.158, DE 18 DE DEZEMBRO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS. JUNTAMENTE COM MENSAGEM RETIFICATIVA. (PEDIDO DE VISTAS NA DISCUSSÃO)</t>
   </si>
   <si>
     <t>TPOV</t>
   </si>
   <si>
     <t>Tribuna do Povo</t>
   </si>
   <si>
-    <t>https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
+    <t>http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOME:ELISANDRA TERESINHA DA SILVA CHAVES_x000D_
 ASSUNTO: APRESENTAÇÃO PROJETO DA ASSOCIAÇÃO AMAE- ASSOCIAÇÃO MATERNA DE APOIO E EMPREENDEDORISMO, QUE TRATA DE RECOLOCAÇÃO DA MÃE NO MERCADO DE TRABALHO E NOVAS FONTES DE RENDA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -9574,67 +9574,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.docx" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.docx" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.docx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.docx" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.docx" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.docx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.docx" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.docx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.docx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.docx" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.docx" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.docx" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.docx" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.docx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.docx" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.docx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.docx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.docx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.docx" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.docx" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.docx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.docx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.docx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.docx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.docx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.docx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.docx" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.docx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.docx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.docx" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.docx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.docx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.docx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.docx" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.docx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.docx" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.docx" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.docx" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.docx" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.docx" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.docx" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.docx" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.docx" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.docx" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.docx" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.docx" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.docx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.docx" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.docx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.docx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.docx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.docx" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.docx" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.docx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.docx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.docx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.docx" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.docx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.docx" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.docx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.docx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.docx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.docx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.docx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.docx" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.docx" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.docx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.docx" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.docx" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.docx" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.docx" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.docx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.docx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.docx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.docx" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.docx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.docx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.docx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.docx" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.docx" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.docx" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.docx" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.docx" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.docx" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.docx" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.docx" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.docx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.docx" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.docx" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.docx" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.docx" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.docx" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.docx" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.docx" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.docx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.docx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.docx" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.docx" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.docx" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.docx" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.docx" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.docx" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.docx" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.docx" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.docx" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.docx" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.docx" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.docx" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.docx" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.docx" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.docx" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.docx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.docx" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.docx" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.docx" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.docx" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.docx" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.docx" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.docx" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.docx" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.docx" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.docx" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.docx" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.docx" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.docx" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.docx" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.docx" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.docx" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.docx" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.docx" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.docx" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.docx" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.docx" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.docx" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.docx" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.docx" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.docx" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.docx" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.docx" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.docx" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.docx" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.docx" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.docx" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.docx" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.docx" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/748/748_texto_integral.docx" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/749/749_texto_integral.docx" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.docx" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.docx" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.docx" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.docx" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.docx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.docx" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.docx" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.docx" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.docx" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.docx" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.docx" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.docx" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.docx" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.docx" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.docx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.docx" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/822/822_texto_integral.docx" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.docx" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/834/834_texto_integral.docx" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.docx" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.docx" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.docx" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.docx" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.docx" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.docx" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.docx" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.docx" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.docx" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/872/872_texto_integral.docx" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.docx" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.docx" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.docx" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.docx" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.docx" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.docx" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.docx" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.docx" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.docx" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.docx" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.docx" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.docx" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.docx" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.docx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.docx" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.docx" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.docx" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.docx" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.docx" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.docx" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.docx" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.docx" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.docx" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.docx" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.docx" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.docx" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.docx" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.docx" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.docx" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.docx" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.docx" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.docx" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.docx" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.docx" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.docx" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.docx" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.docx" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.docx" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.docx" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.docx" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.docx" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.docx" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.docx" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.docx" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.docx" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.docx" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.docx" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.docx" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.docx" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.docx" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.docx" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.docx" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.docx" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.docx" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.docx" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.docx" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.docx" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.docx" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.docx" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/824/824_texto_integral.docx" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.docx" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.docx" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.docx" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.docx" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.docx" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/793/793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/774/774_texto_integral.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/831/831_texto_integral.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/851/851_texto_integral.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.docx" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.docx" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.docx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.docx" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.docx" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.docx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.docx" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.docx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.docx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.docx" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.docx" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.docx" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.docx" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.docx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.docx" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.docx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.docx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.docx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.docx" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.docx" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.docx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.docx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.docx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.docx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.docx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.docx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.docx" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.docx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.docx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.docx" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.docx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.docx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.docx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.docx" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.docx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.docx" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.docx" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.docx" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.docx" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.docx" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.docx" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.docx" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.docx" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.docx" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.docx" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.docx" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.docx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.docx" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.docx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.docx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.docx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.docx" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.docx" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.docx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.docx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.docx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.docx" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.docx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.docx" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.docx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.docx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.docx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.docx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.docx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.docx" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.docx" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.docx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.docx" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.docx" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.docx" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.docx" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.docx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.docx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.docx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.docx" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.docx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.docx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.docx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.docx" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.docx" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.docx" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.docx" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.docx" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.docx" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.docx" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.docx" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.docx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.docx" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.docx" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.docx" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.docx" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.docx" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.docx" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.docx" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.docx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.docx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.docx" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.docx" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.docx" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.docx" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.docx" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.docx" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.docx" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.docx" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.docx" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.docx" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.docx" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.docx" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.docx" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.docx" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.docx" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.docx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.docx" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.docx" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.docx" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.docx" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.docx" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.docx" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.docx" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.docx" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.docx" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.docx" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.docx" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.docx" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.docx" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.docx" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.docx" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.docx" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.docx" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.docx" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.docx" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.docx" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.docx" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.docx" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.docx" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.docx" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.docx" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.docx" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.docx" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.docx" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.docx" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.docx" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.docx" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/745/745_texto_integral.docx" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.docx" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/748/748_texto_integral.docx" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/749/749_texto_integral.docx" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.docx" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.docx" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.docx" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.docx" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.docx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/761/761_texto_integral.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.docx" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.docx" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.docx" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.docx" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.docx" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/785/785_texto_integral.docx" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.docx" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/795/795_texto_integral.docx" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.docx" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.docx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.docx" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/822/822_texto_integral.docx" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.docx" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/834/834_texto_integral.docx" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.docx" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.docx" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.docx" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.docx" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.docx" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.docx" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.docx" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.docx" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.docx" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/872/872_texto_integral.docx" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.docx" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.docx" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.docx" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.docx" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.docx" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.docx" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.docx" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.docx" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.docx" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.docx" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.docx" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.docx" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.docx" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.docx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.docx" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.docx" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.docx" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.docx" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.docx" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.docx" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.docx" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.docx" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.docx" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.docx" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.docx" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.docx" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.docx" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.docx" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.docx" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.docx" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.docx" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.docx" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.docx" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.docx" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.docx" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.docx" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.docx" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.docx" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.docx" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.docx" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.docx" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.docx" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.docx" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.docx" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.docx" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.docx" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.docx" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.docx" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.docx" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.docx" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.docx" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.docx" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.docx" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.docx" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.docx" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.docx" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.docx" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.docx" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/754/754_texto_integral.docx" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/824/824_texto_integral.docx" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/832/832_texto_integral.docx" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.docx" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.docx" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.docx" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.docx" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/826/826_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.gramado.rs.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1042"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>